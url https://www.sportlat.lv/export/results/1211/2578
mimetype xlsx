--- v0 (2025-10-05)
+++ v1 (2025-11-20)
@@ -4561,51 +4561,53 @@
         <v>211</v>
       </c>
       <c r="F39" t="s">
         <v>212</v>
       </c>
       <c r="G39" t="s">
         <v>65</v>
       </c>
       <c r="H39">
         <v>2</v>
       </c>
       <c r="I39" t="s">
         <v>213</v>
       </c>
       <c r="J39" t="s">
         <v>213</v>
       </c>
       <c r="K39" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40">
         <v>39</v>
       </c>
-      <c r="B40"/>
+      <c r="B40" t="s">
+        <v>11</v>
+      </c>
       <c r="C40" t="s">
         <v>215</v>
       </c>
       <c r="D40" t="s">
         <v>216</v>
       </c>
       <c r="E40" t="s">
         <v>217</v>
       </c>
       <c r="F40" t="s">
         <v>133</v>
       </c>
       <c r="G40" t="s">
         <v>16</v>
       </c>
       <c r="H40">
         <v>2</v>
       </c>
       <c r="I40" t="s">
         <v>218</v>
       </c>
       <c r="J40" t="s">
         <v>218</v>
       </c>
       <c r="K40" t="s">