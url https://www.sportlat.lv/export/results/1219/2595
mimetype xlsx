--- v0 (2025-11-13)
+++ v1 (2026-03-31)
@@ -5957,51 +5957,53 @@
         <v>461</v>
       </c>
       <c r="F102" t="s">
         <v>462</v>
       </c>
       <c r="G102" t="s">
         <v>35</v>
       </c>
       <c r="H102">
         <v>1</v>
       </c>
       <c r="I102" t="s">
         <v>463</v>
       </c>
       <c r="J102" t="s">
         <v>463</v>
       </c>
       <c r="K102" t="s">
         <v>464</v>
       </c>
     </row>
     <row r="103" spans="1:11">
       <c r="A103">
         <v>102</v>
       </c>
-      <c r="B103"/>
+      <c r="B103" t="s">
+        <v>11</v>
+      </c>
       <c r="C103" t="s">
         <v>465</v>
       </c>
       <c r="D103" t="s">
         <v>466</v>
       </c>
       <c r="E103" t="s">
         <v>467</v>
       </c>
       <c r="F103" t="s">
         <v>468</v>
       </c>
       <c r="G103" t="s">
         <v>35</v>
       </c>
       <c r="H103">
         <v>1</v>
       </c>
       <c r="I103" t="s">
         <v>469</v>
       </c>
       <c r="J103" t="s">
         <v>469</v>
       </c>
       <c r="K103" t="s">
@@ -6095,51 +6097,53 @@
         <v>482</v>
       </c>
       <c r="F106" t="s">
         <v>34</v>
       </c>
       <c r="G106" t="s">
         <v>16</v>
       </c>
       <c r="H106">
         <v>1</v>
       </c>
       <c r="I106" t="s">
         <v>483</v>
       </c>
       <c r="J106" t="s">
         <v>483</v>
       </c>
       <c r="K106" t="s">
         <v>484</v>
       </c>
     </row>
     <row r="107" spans="1:11">
       <c r="A107">
         <v>106</v>
       </c>
-      <c r="B107"/>
+      <c r="B107" t="s">
+        <v>11</v>
+      </c>
       <c r="C107" t="s">
         <v>152</v>
       </c>
       <c r="D107" t="s">
         <v>485</v>
       </c>
       <c r="E107"/>
       <c r="F107" t="s">
         <v>22</v>
       </c>
       <c r="G107" t="s">
         <v>174</v>
       </c>
       <c r="H107">
         <v>1</v>
       </c>
       <c r="I107" t="s">
         <v>486</v>
       </c>
       <c r="J107" t="s">
         <v>486</v>
       </c>
       <c r="K107" t="s">
         <v>487</v>
       </c>