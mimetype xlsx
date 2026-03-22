--- v1 (2026-02-04)
+++ v2 (2026-03-22)
@@ -29296,51 +29296,53 @@
       <c r="E569"/>
       <c r="F569" t="s">
         <v>66</v>
       </c>
       <c r="G569" t="s">
         <v>168</v>
       </c>
       <c r="H569">
         <v>3</v>
       </c>
       <c r="I569" t="s">
         <v>2495</v>
       </c>
       <c r="J569" t="s">
         <v>2499</v>
       </c>
       <c r="K569"/>
       <c r="L569" t="s">
         <v>2500</v>
       </c>
     </row>
     <row r="570" spans="1:12">
       <c r="A570">
         <v>569</v>
       </c>
-      <c r="B570"/>
+      <c r="B570" t="s">
+        <v>137</v>
+      </c>
       <c r="C570" t="s">
         <v>2501</v>
       </c>
       <c r="D570" t="s">
         <v>2502</v>
       </c>
       <c r="E570" t="s">
         <v>1886</v>
       </c>
       <c r="F570" t="s">
         <v>775</v>
       </c>
       <c r="G570" t="s">
         <v>168</v>
       </c>
       <c r="H570">
         <v>3</v>
       </c>
       <c r="I570" t="s">
         <v>2503</v>
       </c>
       <c r="J570" t="s">
         <v>2504</v>
       </c>
       <c r="K570"/>