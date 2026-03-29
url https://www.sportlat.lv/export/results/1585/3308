--- v0 (2025-10-06)
+++ v1 (2026-03-29)
@@ -6242,51 +6242,53 @@
         <v>728</v>
       </c>
       <c r="L63" t="s">
         <v>729</v>
       </c>
       <c r="M63" t="s">
         <v>730</v>
       </c>
       <c r="N63" t="s">
         <v>731</v>
       </c>
       <c r="O63" t="s">
         <v>719</v>
       </c>
       <c r="P63" t="s">
         <v>720</v>
       </c>
       <c r="Q63" t="s">
         <v>732</v>
       </c>
     </row>
     <row r="64" spans="1:17">
       <c r="A64">
         <v>63</v>
       </c>
-      <c r="B64"/>
+      <c r="B64" t="s">
+        <v>425</v>
+      </c>
       <c r="C64" t="s">
         <v>733</v>
       </c>
       <c r="D64" t="s">
         <v>734</v>
       </c>
       <c r="E64" t="s">
         <v>381</v>
       </c>
       <c r="F64" t="s">
         <v>382</v>
       </c>
       <c r="G64" t="s">
         <v>123</v>
       </c>
       <c r="H64">
         <v>8</v>
       </c>
       <c r="I64" t="s">
         <v>735</v>
       </c>
       <c r="J64" t="s">
         <v>736</v>
       </c>
       <c r="K64" t="s">