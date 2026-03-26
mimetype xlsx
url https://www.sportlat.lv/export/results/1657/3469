--- v0 (2025-10-08)
+++ v1 (2026-03-26)
@@ -22645,51 +22645,53 @@
         <v>66</v>
       </c>
       <c r="G392" t="s">
         <v>51</v>
       </c>
       <c r="H392">
         <v>5</v>
       </c>
       <c r="I392" t="s">
         <v>2103</v>
       </c>
       <c r="J392" t="s">
         <v>2104</v>
       </c>
       <c r="K392" t="s">
         <v>2105</v>
       </c>
       <c r="L392" t="s">
         <v>2106</v>
       </c>
     </row>
     <row r="393" spans="1:12">
       <c r="A393">
         <v>392</v>
       </c>
-      <c r="B393"/>
+      <c r="B393" t="s">
+        <v>21</v>
+      </c>
       <c r="C393" t="s">
         <v>2107</v>
       </c>
       <c r="D393" t="s">
         <v>2108</v>
       </c>
       <c r="E393"/>
       <c r="F393" t="s">
         <v>2109</v>
       </c>
       <c r="G393" t="s">
         <v>874</v>
       </c>
       <c r="H393">
         <v>5</v>
       </c>
       <c r="I393" t="s">
         <v>2110</v>
       </c>
       <c r="J393" t="s">
         <v>2111</v>
       </c>
       <c r="K393" t="s">
         <v>2112</v>
       </c>