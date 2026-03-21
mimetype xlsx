--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -7761,51 +7761,53 @@
       </c>
       <c r="E137"/>
       <c r="F137" t="s">
         <v>51</v>
       </c>
       <c r="G137" t="s">
         <v>57</v>
       </c>
       <c r="H137">
         <v>2</v>
       </c>
       <c r="I137" t="s">
         <v>573</v>
       </c>
       <c r="J137" t="s">
         <v>573</v>
       </c>
       <c r="K137" t="s">
         <v>574</v>
       </c>
     </row>
     <row r="138" spans="1:11">
       <c r="A138">
         <v>137</v>
       </c>
-      <c r="B138"/>
+      <c r="B138" t="s">
+        <v>11</v>
+      </c>
       <c r="C138" t="s">
         <v>575</v>
       </c>
       <c r="D138" t="s">
         <v>576</v>
       </c>
       <c r="E138"/>
       <c r="F138" t="s">
         <v>36</v>
       </c>
       <c r="G138" t="s">
         <v>57</v>
       </c>
       <c r="H138">
         <v>2</v>
       </c>
       <c r="I138" t="s">
         <v>573</v>
       </c>
       <c r="J138" t="s">
         <v>573</v>
       </c>
       <c r="K138" t="s">
         <v>577</v>
       </c>