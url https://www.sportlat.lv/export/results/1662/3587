--- v0 (2025-11-05)
+++ v1 (2026-02-07)
@@ -14694,51 +14694,53 @@
         <v>32</v>
       </c>
       <c r="F282" t="s">
         <v>33</v>
       </c>
       <c r="G282" t="s">
         <v>16</v>
       </c>
       <c r="H282">
         <v>1</v>
       </c>
       <c r="I282" t="s">
         <v>831</v>
       </c>
       <c r="J282" t="s">
         <v>831</v>
       </c>
       <c r="K282" t="s">
         <v>831</v>
       </c>
     </row>
     <row r="283" spans="1:11">
       <c r="A283">
         <v>282</v>
       </c>
-      <c r="B283"/>
+      <c r="B283" t="s">
+        <v>11</v>
+      </c>
       <c r="C283" t="s">
         <v>340</v>
       </c>
       <c r="D283" t="s">
         <v>832</v>
       </c>
       <c r="E283"/>
       <c r="F283" t="s">
         <v>833</v>
       </c>
       <c r="G283" t="s">
         <v>16</v>
       </c>
       <c r="H283">
         <v>1</v>
       </c>
       <c r="I283" t="s">
         <v>831</v>
       </c>
       <c r="J283" t="s">
         <v>831</v>
       </c>
       <c r="K283" t="s">
         <v>831</v>
       </c>
@@ -19102,51 +19104,51 @@
       <c r="E415"/>
       <c r="F415" t="s">
         <v>487</v>
       </c>
       <c r="G415" t="s">
         <v>91</v>
       </c>
       <c r="H415">
         <v>1</v>
       </c>
       <c r="I415" t="s">
         <v>1155</v>
       </c>
       <c r="J415" t="s">
         <v>1155</v>
       </c>
       <c r="K415" t="s">
         <v>1155</v>
       </c>
     </row>
     <row r="416" spans="1:11">
       <c r="A416">
         <v>415</v>
       </c>
       <c r="B416" t="s">
-        <v>11</v>
+        <v>688</v>
       </c>
       <c r="C416" t="s">
         <v>194</v>
       </c>
       <c r="D416" t="s">
         <v>1156</v>
       </c>
       <c r="E416" t="s">
         <v>244</v>
       </c>
       <c r="F416" t="s">
         <v>21</v>
       </c>
       <c r="G416" t="s">
         <v>91</v>
       </c>
       <c r="H416">
         <v>1</v>
       </c>
       <c r="I416" t="s">
         <v>1157</v>
       </c>
       <c r="J416" t="s">
         <v>1157</v>
       </c>