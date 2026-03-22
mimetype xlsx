--- v0 (2025-11-04)
+++ v1 (2026-03-22)
@@ -12660,51 +12660,53 @@
       </c>
       <c r="F239" t="s">
         <v>140</v>
       </c>
       <c r="G239" t="s">
         <v>17</v>
       </c>
       <c r="H239">
         <v>3</v>
       </c>
       <c r="I239" t="s">
         <v>1207</v>
       </c>
       <c r="J239" t="s">
         <v>1208</v>
       </c>
       <c r="K239"/>
       <c r="L239" t="s">
         <v>1209</v>
       </c>
     </row>
     <row r="240" spans="1:12">
       <c r="A240">
         <v>239</v>
       </c>
-      <c r="B240"/>
+      <c r="B240" t="s">
+        <v>12</v>
+      </c>
       <c r="C240" t="s">
         <v>1210</v>
       </c>
       <c r="D240" t="s">
         <v>1211</v>
       </c>
       <c r="E240"/>
       <c r="F240" t="s">
         <v>133</v>
       </c>
       <c r="G240" t="s">
         <v>347</v>
       </c>
       <c r="H240">
         <v>3</v>
       </c>
       <c r="I240" t="s">
         <v>1212</v>
       </c>
       <c r="J240" t="s">
         <v>1213</v>
       </c>
       <c r="K240"/>
       <c r="L240" t="s">
         <v>1214</v>