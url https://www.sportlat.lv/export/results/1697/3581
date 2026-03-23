--- v1 (2026-02-06)
+++ v2 (2026-03-23)
@@ -5199,51 +5199,53 @@
         <v>18</v>
       </c>
       <c r="H79">
         <v>3</v>
       </c>
       <c r="I79" t="s">
         <v>487</v>
       </c>
       <c r="J79" t="s">
         <v>488</v>
       </c>
       <c r="K79" t="s">
         <v>489</v>
       </c>
       <c r="L79" t="s">
         <v>487</v>
       </c>
       <c r="M79" t="s">
         <v>490</v>
       </c>
     </row>
     <row r="80" spans="1:13">
       <c r="A80">
         <v>79</v>
       </c>
-      <c r="B80"/>
+      <c r="B80" t="s">
+        <v>13</v>
+      </c>
       <c r="C80" t="s">
         <v>491</v>
       </c>
       <c r="D80" t="s">
         <v>492</v>
       </c>
       <c r="E80"/>
       <c r="F80" t="s">
         <v>493</v>
       </c>
       <c r="G80" t="s">
         <v>39</v>
       </c>
       <c r="H80">
         <v>3</v>
       </c>
       <c r="I80" t="s">
         <v>494</v>
       </c>
       <c r="J80" t="s">
         <v>495</v>
       </c>
       <c r="K80" t="s">
         <v>496</v>
       </c>