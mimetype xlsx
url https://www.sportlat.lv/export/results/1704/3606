--- v0 (2025-10-11)
+++ v1 (2026-02-05)
@@ -1652,51 +1652,51 @@
   <si>
     <t>Daina</t>
   </si>
   <si>
     <t>1:54:13</t>
   </si>
   <si>
     <t>01:54:12.87</t>
   </si>
   <si>
     <t>Diāna</t>
   </si>
   <si>
     <t>Stepāne</t>
   </si>
   <si>
     <t>STROPS Technologies</t>
   </si>
   <si>
     <t>1:54:34</t>
   </si>
   <si>
     <t>01:54:33.69</t>
   </si>
   <si>
-    <t>Intis</t>
+    <t>Ints</t>
   </si>
   <si>
     <t>Baldiņš</t>
   </si>
   <si>
     <t>2:00:10</t>
   </si>
   <si>
     <t>02:00:09.93</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <name val="Calibri"/>
       <sz val="11"/>
       <b val="0"/>
       <i val="0"/>
       <u val="none"/>
       <strike val="0"/>
       <color rgb="FF000000"/>
@@ -5988,51 +5988,53 @@
         <v>543</v>
       </c>
       <c r="F119" t="s">
         <v>15</v>
       </c>
       <c r="G119" t="s">
         <v>315</v>
       </c>
       <c r="H119">
         <v>1</v>
       </c>
       <c r="I119" t="s">
         <v>544</v>
       </c>
       <c r="J119" t="s">
         <v>544</v>
       </c>
       <c r="K119" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="120" spans="1:11">
       <c r="A120">
         <v>119</v>
       </c>
-      <c r="B120"/>
+      <c r="B120" t="s">
+        <v>11</v>
+      </c>
       <c r="C120" t="s">
         <v>546</v>
       </c>
       <c r="D120" t="s">
         <v>547</v>
       </c>
       <c r="E120"/>
       <c r="F120" t="s">
         <v>15</v>
       </c>
       <c r="G120" t="s">
         <v>71</v>
       </c>
       <c r="H120">
         <v>1</v>
       </c>
       <c r="I120" t="s">
         <v>548</v>
       </c>
       <c r="J120" t="s">
         <v>548</v>
       </c>
       <c r="K120" t="s">
         <v>549</v>
       </c>