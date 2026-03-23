--- v1 (2026-02-05)
+++ v2 (2026-03-23)
@@ -470,50 +470,53 @@
   <si>
     <t>Jermacans</t>
   </si>
   <si>
     <t>Ineši</t>
   </si>
   <si>
     <t>0:56:00</t>
   </si>
   <si>
     <t>00:55:59.65</t>
   </si>
   <si>
     <t>Arnolds</t>
   </si>
   <si>
     <t>Āriņš</t>
   </si>
   <si>
     <t>0:56:14</t>
   </si>
   <si>
     <t>00:56:13.58</t>
   </si>
   <si>
+    <t>LTU</t>
+  </si>
+  <si>
     <t>Aidas</t>
   </si>
   <si>
     <t>Liumas</t>
   </si>
   <si>
     <t>S-sportas</t>
   </si>
   <si>
     <t>Šiauliai</t>
   </si>
   <si>
     <t>0:56:21</t>
   </si>
   <si>
     <t>00:56:20.20</t>
   </si>
   <si>
     <t>Didzis</t>
   </si>
   <si>
     <t>Avotiņš</t>
   </si>
   <si>
     <t>0:56:26</t>
@@ -1485,53 +1488,50 @@
     <t>Arnis</t>
   </si>
   <si>
     <t>Ābelīte</t>
   </si>
   <si>
     <t>Salaspils</t>
   </si>
   <si>
     <t>1:23:23</t>
   </si>
   <si>
     <t>01:23:22.51</t>
   </si>
   <si>
     <t>Karlīna</t>
   </si>
   <si>
     <t>Vilciņa</t>
   </si>
   <si>
     <t>1:24:47</t>
   </si>
   <si>
     <t>01:24:46.34</t>
-  </si>
-[...1 lines deleted...]
-    <t>LTU</t>
   </si>
   <si>
     <t>Kestutis</t>
   </si>
   <si>
     <t>Vaičius</t>
   </si>
   <si>
     <t>Klaipėda</t>
   </si>
   <si>
     <t>1:25:14</t>
   </si>
   <si>
     <t>01:25:13.19</t>
   </si>
   <si>
     <t>Gunita</t>
   </si>
   <si>
     <t>Miteniece</t>
   </si>
   <si>
     <t>Jēkabpils</t>
   </si>
@@ -2936,2843 +2936,2855 @@
       </c>
       <c r="E27"/>
       <c r="F27" t="s">
         <v>26</v>
       </c>
       <c r="G27" t="s">
         <v>93</v>
       </c>
       <c r="H27">
         <v>1</v>
       </c>
       <c r="I27" t="s">
         <v>150</v>
       </c>
       <c r="J27" t="s">
         <v>150</v>
       </c>
       <c r="K27" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28">
         <v>27</v>
       </c>
-      <c r="B28"/>
+      <c r="B28" t="s">
+        <v>152</v>
+      </c>
       <c r="C28" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D28" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="E28" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F28" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="G28" t="s">
         <v>56</v>
       </c>
       <c r="H28">
         <v>1</v>
       </c>
       <c r="I28" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="J28" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="K28" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29" t="s">
         <v>11</v>
       </c>
       <c r="C29" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D29" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E29"/>
       <c r="F29" t="s">
         <v>92</v>
       </c>
       <c r="G29" t="s">
         <v>16</v>
       </c>
       <c r="H29">
         <v>1</v>
       </c>
       <c r="I29" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="J29" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="K29" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30" t="s">
         <v>11</v>
       </c>
       <c r="C30" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D30" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="E30" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="F30" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="G30" t="s">
         <v>71</v>
       </c>
       <c r="H30">
         <v>1</v>
       </c>
       <c r="I30" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="J30" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="K30" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31">
         <v>30</v>
       </c>
       <c r="B31" t="s">
         <v>11</v>
       </c>
       <c r="C31" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D31" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>15</v>
       </c>
       <c r="G31" t="s">
         <v>43</v>
       </c>
       <c r="H31">
         <v>1</v>
       </c>
       <c r="I31" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="J31" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="K31" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32">
         <v>31</v>
       </c>
       <c r="B32" t="s">
         <v>11</v>
       </c>
       <c r="C32" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D32" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
         <v>92</v>
       </c>
       <c r="G32" t="s">
         <v>43</v>
       </c>
       <c r="H32">
         <v>1</v>
       </c>
       <c r="I32" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="J32" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="K32" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33" t="s">
         <v>11</v>
       </c>
       <c r="C33" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D33" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E33" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="F33" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="G33" t="s">
         <v>93</v>
       </c>
       <c r="H33">
         <v>1</v>
       </c>
       <c r="I33" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="J33" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="K33" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34">
         <v>34</v>
       </c>
       <c r="B34"/>
       <c r="C34" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D34" t="s">
         <v>131</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="G34" t="s">
         <v>27</v>
       </c>
       <c r="H34">
         <v>1</v>
       </c>
       <c r="I34" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="J34" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="K34" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35">
         <v>33</v>
       </c>
       <c r="B35" t="s">
         <v>11</v>
       </c>
       <c r="C35" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D35" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
         <v>92</v>
       </c>
       <c r="G35" t="s">
         <v>56</v>
       </c>
       <c r="H35">
         <v>1</v>
       </c>
       <c r="I35" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="J35" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="K35" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="36" spans="1:11">
       <c r="A36">
         <v>35</v>
       </c>
       <c r="B36" t="s">
         <v>11</v>
       </c>
       <c r="C36" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36"/>
       <c r="F36" t="s">
         <v>92</v>
       </c>
       <c r="G36" t="s">
         <v>56</v>
       </c>
       <c r="H36">
         <v>1</v>
       </c>
       <c r="I36" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="J36" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="K36" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="37" spans="1:11">
       <c r="A37">
         <v>36</v>
       </c>
       <c r="B37" t="s">
         <v>11</v>
       </c>
       <c r="C37" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D37" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="G37" t="s">
         <v>56</v>
       </c>
       <c r="H37">
         <v>1</v>
       </c>
       <c r="I37" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="J37" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="K37" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="38" spans="1:11">
       <c r="A38">
         <v>37</v>
       </c>
       <c r="B38" t="s">
         <v>11</v>
       </c>
       <c r="C38" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D38" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="E38"/>
       <c r="F38" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="G38" t="s">
         <v>93</v>
       </c>
       <c r="H38">
         <v>1</v>
       </c>
       <c r="I38" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="J38" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="K38" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="39" spans="1:11">
       <c r="A39">
         <v>38</v>
       </c>
       <c r="B39"/>
       <c r="C39" t="s">
         <v>143</v>
       </c>
       <c r="D39" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="E39" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="F39" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="G39" t="s">
         <v>56</v>
       </c>
       <c r="H39">
         <v>1</v>
       </c>
       <c r="I39" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="J39" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="K39" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="40" spans="1:11">
       <c r="A40">
         <v>39</v>
       </c>
       <c r="B40" t="s">
         <v>11</v>
       </c>
       <c r="C40" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D40" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="G40" t="s">
         <v>43</v>
       </c>
       <c r="H40">
         <v>1</v>
       </c>
       <c r="I40" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="J40" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="K40" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="41" spans="1:11">
       <c r="A41">
         <v>40</v>
       </c>
       <c r="B41" t="s">
         <v>11</v>
       </c>
       <c r="C41" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D41" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="E41" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="F41" t="s">
         <v>15</v>
       </c>
       <c r="G41" t="s">
         <v>16</v>
       </c>
       <c r="H41">
         <v>1</v>
       </c>
       <c r="I41" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="J41" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="K41" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="42" spans="1:11">
       <c r="A42">
         <v>42</v>
       </c>
       <c r="B42" t="s">
         <v>11</v>
       </c>
       <c r="C42" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D42" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="E42" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="F42" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="G42" t="s">
         <v>56</v>
       </c>
       <c r="H42">
         <v>1</v>
       </c>
       <c r="I42" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="J42" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="K42" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="43" spans="1:11">
       <c r="A43">
         <v>41</v>
       </c>
       <c r="B43" t="s">
         <v>11</v>
       </c>
       <c r="C43" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D43" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E43" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="F43" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="G43" t="s">
         <v>43</v>
       </c>
       <c r="H43">
         <v>1</v>
       </c>
       <c r="I43" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="J43" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="K43" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="44" spans="1:11">
       <c r="A44">
         <v>43</v>
       </c>
       <c r="B44"/>
       <c r="C44" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D44" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="E44" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F44" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="G44" t="s">
         <v>27</v>
       </c>
       <c r="H44">
         <v>1</v>
       </c>
       <c r="I44" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="J44" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="K44" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="45" spans="1:11">
       <c r="A45">
         <v>44</v>
       </c>
       <c r="B45"/>
       <c r="C45" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D45" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
         <v>92</v>
       </c>
       <c r="G45" t="s">
         <v>93</v>
       </c>
       <c r="H45">
         <v>1</v>
       </c>
       <c r="I45" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="J45" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="K45" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="46" spans="1:11">
       <c r="A46">
         <v>45</v>
       </c>
       <c r="B46" t="s">
         <v>11</v>
       </c>
       <c r="C46" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D46" t="s">
         <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="F46" t="s">
         <v>82</v>
       </c>
       <c r="G46" t="s">
         <v>43</v>
       </c>
       <c r="H46">
         <v>1</v>
       </c>
       <c r="I46" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="J46" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="K46" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
     <row r="47" spans="1:11">
       <c r="A47">
         <v>46</v>
       </c>
       <c r="B47"/>
       <c r="C47" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D47" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="E47"/>
       <c r="F47" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="G47" t="s">
         <v>93</v>
       </c>
       <c r="H47">
         <v>1</v>
       </c>
       <c r="I47" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="J47" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="K47" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="48" spans="1:11">
       <c r="A48">
         <v>47</v>
       </c>
       <c r="B48" t="s">
         <v>11</v>
       </c>
       <c r="C48" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D48" t="s">
         <v>103</v>
       </c>
       <c r="E48" t="s">
         <v>104</v>
       </c>
       <c r="F48" t="s">
         <v>105</v>
       </c>
       <c r="G48" t="s">
         <v>43</v>
       </c>
       <c r="H48">
         <v>1</v>
       </c>
       <c r="I48" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="J48" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="K48" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="49" spans="1:11">
       <c r="A49">
         <v>48</v>
       </c>
-      <c r="B49"/>
+      <c r="B49" t="s">
+        <v>11</v>
+      </c>
       <c r="C49" t="s">
         <v>119</v>
       </c>
       <c r="D49" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="E49"/>
       <c r="F49" t="s">
         <v>105</v>
       </c>
       <c r="G49" t="s">
         <v>43</v>
       </c>
       <c r="H49">
         <v>1</v>
       </c>
       <c r="I49" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="J49" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="K49" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="50" spans="1:11">
       <c r="A50">
         <v>49</v>
       </c>
-      <c r="B50"/>
+      <c r="B50" t="s">
+        <v>11</v>
+      </c>
       <c r="C50" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D50" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
         <v>92</v>
       </c>
       <c r="G50" t="s">
         <v>71</v>
       </c>
       <c r="H50">
         <v>1</v>
       </c>
       <c r="I50" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="J50" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="K50" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51" t="s">
         <v>11</v>
       </c>
       <c r="C51" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D51" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="E51" t="s">
         <v>115</v>
       </c>
       <c r="F51" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="G51" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="H51">
         <v>1</v>
       </c>
       <c r="I51" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="J51" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="K51" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
         <v>11</v>
       </c>
       <c r="C52" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D52" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E52" t="s">
         <v>110</v>
       </c>
       <c r="F52" t="s">
         <v>110</v>
       </c>
       <c r="G52" t="s">
         <v>71</v>
       </c>
       <c r="H52">
         <v>1</v>
       </c>
       <c r="I52" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="J52" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="K52" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53" t="s">
         <v>11</v>
       </c>
       <c r="C53" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D53" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="E53" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="F53" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="G53" t="s">
         <v>93</v>
       </c>
       <c r="H53">
         <v>1</v>
       </c>
       <c r="I53" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="J53" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="K53" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
         <v>11</v>
       </c>
       <c r="C54" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D54" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="E54" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="F54" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="G54" t="s">
         <v>43</v>
       </c>
       <c r="H54">
         <v>1</v>
       </c>
       <c r="I54" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="J54" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="K54" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55"/>
       <c r="C55" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D55" t="s">
         <v>131</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="G55" t="s">
         <v>43</v>
       </c>
       <c r="H55">
         <v>1</v>
       </c>
       <c r="I55" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="J55" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="K55" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56"/>
       <c r="C56" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D56" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="E56" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F56" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="G56" t="s">
         <v>43</v>
       </c>
       <c r="H56">
         <v>1</v>
       </c>
       <c r="I56" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="J56" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="K56" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57"/>
       <c r="C57" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D57" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="E57" t="s">
         <v>61</v>
       </c>
       <c r="F57" t="s">
         <v>62</v>
       </c>
       <c r="G57" t="s">
         <v>76</v>
       </c>
       <c r="H57">
         <v>1</v>
       </c>
       <c r="I57" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="J57" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="K57" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
         <v>11</v>
       </c>
       <c r="C58" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D58" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="G58" t="s">
         <v>43</v>
       </c>
       <c r="H58">
         <v>1</v>
       </c>
       <c r="I58" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="J58" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="K58" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
         <v>11</v>
       </c>
       <c r="C59" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D59" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="E59"/>
       <c r="F59" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="G59" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="H59">
         <v>1</v>
       </c>
       <c r="I59" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="J59" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="K59" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60">
         <v>59</v>
       </c>
-      <c r="B60"/>
+      <c r="B60" t="s">
+        <v>11</v>
+      </c>
       <c r="C60" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D60" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="E60" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="F60" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="G60" t="s">
         <v>43</v>
       </c>
       <c r="H60">
         <v>1</v>
       </c>
       <c r="I60" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="J60" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="K60" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61"/>
       <c r="C61" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D61" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="E61"/>
       <c r="F61" t="s">
         <v>92</v>
       </c>
       <c r="G61" t="s">
         <v>93</v>
       </c>
       <c r="H61">
         <v>1</v>
       </c>
       <c r="I61" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="J61" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="K61" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62" t="s">
         <v>11</v>
       </c>
       <c r="C62" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D62" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="E62" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="F62" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="G62" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="H62">
         <v>1</v>
       </c>
       <c r="I62" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="J62" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="K62" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63"/>
       <c r="C63" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="D63" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="E63" t="s">
         <v>145</v>
       </c>
       <c r="F63" t="s">
         <v>15</v>
       </c>
       <c r="G63" t="s">
         <v>116</v>
       </c>
       <c r="H63">
         <v>1</v>
       </c>
       <c r="I63" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="J63" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="K63" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64"/>
       <c r="C64" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D64" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="E64"/>
       <c r="F64" t="s">
         <v>92</v>
       </c>
       <c r="G64" t="s">
         <v>56</v>
       </c>
       <c r="H64">
         <v>1</v>
       </c>
       <c r="I64" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="J64" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="K64" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65">
         <v>64</v>
       </c>
-      <c r="B65"/>
+      <c r="B65" t="s">
+        <v>11</v>
+      </c>
       <c r="C65" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="D65" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
         <v>110</v>
       </c>
       <c r="G65" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="H65">
         <v>1</v>
       </c>
       <c r="I65" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="J65" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="K65" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
         <v>11</v>
       </c>
       <c r="C66" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D66" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="E66" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="F66" t="s">
         <v>15</v>
       </c>
       <c r="G66" t="s">
         <v>93</v>
       </c>
       <c r="H66">
         <v>1</v>
       </c>
       <c r="I66" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="J66" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="K66" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67"/>
       <c r="C67" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D67" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="G67" t="s">
         <v>56</v>
       </c>
       <c r="H67">
         <v>1</v>
       </c>
       <c r="I67" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="J67" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="K67" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68"/>
       <c r="C68" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="D68" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
         <v>92</v>
       </c>
       <c r="G68" t="s">
         <v>43</v>
       </c>
       <c r="H68">
         <v>1</v>
       </c>
       <c r="I68" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="J68" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="K68" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
         <v>11</v>
       </c>
       <c r="C69" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D69" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="E69" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="F69" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="G69" t="s">
         <v>43</v>
       </c>
       <c r="H69">
         <v>1</v>
       </c>
       <c r="I69" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="J69" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="K69" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
         <v>11</v>
       </c>
       <c r="C70" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D70" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
         <v>15</v>
       </c>
       <c r="G70" t="s">
         <v>43</v>
       </c>
       <c r="H70">
         <v>1</v>
       </c>
       <c r="I70" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J70" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="K70" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
         <v>11</v>
       </c>
       <c r="C71" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D71" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="G71" t="s">
         <v>43</v>
       </c>
       <c r="H71">
         <v>1</v>
       </c>
       <c r="I71" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="J71" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="K71" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72"/>
       <c r="C72" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="D72" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="E72"/>
       <c r="F72" t="s">
         <v>15</v>
       </c>
       <c r="G72" t="s">
         <v>56</v>
       </c>
       <c r="H72">
         <v>1</v>
       </c>
       <c r="I72" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="J72" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="K72" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73">
         <v>72</v>
       </c>
-      <c r="B73"/>
+      <c r="B73" t="s">
+        <v>11</v>
+      </c>
       <c r="C73" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D73" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="E73"/>
       <c r="F73" t="s">
         <v>15</v>
       </c>
       <c r="G73" t="s">
         <v>93</v>
       </c>
       <c r="H73">
         <v>1</v>
       </c>
       <c r="I73" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="J73" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="K73" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
     </row>
     <row r="74" spans="1:11">
       <c r="A74">
         <v>74</v>
       </c>
       <c r="B74" t="s">
         <v>11</v>
       </c>
       <c r="C74" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D74" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="E74" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="F74" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="G74" t="s">
         <v>71</v>
       </c>
       <c r="H74">
         <v>1</v>
       </c>
       <c r="I74" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="J74" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="K74" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75">
         <v>73</v>
       </c>
       <c r="B75" t="s">
         <v>11</v>
       </c>
       <c r="C75" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="D75" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="G75" t="s">
         <v>43</v>
       </c>
       <c r="H75">
         <v>1</v>
       </c>
       <c r="I75" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="J75" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="K75" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76"/>
       <c r="C76" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D76" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="E76"/>
       <c r="F76" t="s">
         <v>110</v>
       </c>
       <c r="G76" t="s">
         <v>93</v>
       </c>
       <c r="H76">
         <v>1</v>
       </c>
       <c r="I76" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="J76" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="K76" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77"/>
       <c r="C77" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D77" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="G77" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="H77">
         <v>1</v>
       </c>
       <c r="I77" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="J77" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="K77" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
         <v>11</v>
       </c>
       <c r="C78" t="s">
         <v>108</v>
       </c>
       <c r="D78" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="E78"/>
       <c r="F78" t="s">
         <v>15</v>
       </c>
       <c r="G78" t="s">
         <v>43</v>
       </c>
       <c r="H78">
         <v>1</v>
       </c>
       <c r="I78" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="J78" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="K78" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79"/>
       <c r="C79" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="D79" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="E79" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="F79" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="G79" t="s">
         <v>116</v>
       </c>
       <c r="H79">
         <v>1</v>
       </c>
       <c r="I79" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="J79" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="K79" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
         <v>11</v>
       </c>
       <c r="C80" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D80" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="E80"/>
       <c r="F80" t="s">
         <v>92</v>
       </c>
       <c r="G80" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="H80">
         <v>1</v>
       </c>
       <c r="I80" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="J80" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="K80" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81"/>
       <c r="C81" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="D81" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="E81" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F81" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="G81" t="s">
         <v>43</v>
       </c>
       <c r="H81">
         <v>1</v>
       </c>
       <c r="I81" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="J81" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="K81" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
         <v>11</v>
       </c>
       <c r="C82" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D82" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
         <v>15</v>
       </c>
       <c r="G82" t="s">
         <v>93</v>
       </c>
       <c r="H82">
         <v>1</v>
       </c>
       <c r="I82" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="J82" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="K82" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
         <v>11</v>
       </c>
       <c r="C83" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="D83" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
         <v>15</v>
       </c>
       <c r="G83" t="s">
         <v>43</v>
       </c>
       <c r="H83">
         <v>1</v>
       </c>
       <c r="I83" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="J83" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="K83" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
     </row>
     <row r="84" spans="1:11">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
         <v>11</v>
       </c>
       <c r="C84" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D84" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="E84" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="F84" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="G84" t="s">
         <v>71</v>
       </c>
       <c r="H84">
         <v>1</v>
       </c>
       <c r="I84" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="J84" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="K84" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
     </row>
     <row r="85" spans="1:11">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
         <v>11</v>
       </c>
       <c r="C85" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D85" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="E85" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="F85" t="s">
         <v>15</v>
       </c>
       <c r="G85" t="s">
         <v>71</v>
       </c>
       <c r="H85">
         <v>1</v>
       </c>
       <c r="I85" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="J85" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="K85" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
     </row>
     <row r="86" spans="1:11">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
         <v>11</v>
       </c>
       <c r="C86" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D86" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="E86" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="F86" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="G86" t="s">
         <v>43</v>
       </c>
       <c r="H86">
         <v>1</v>
       </c>
       <c r="I86" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="J86" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="K86" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
     </row>
     <row r="87" spans="1:11">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
         <v>11</v>
       </c>
       <c r="C87" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="D87" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="E87" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="F87" t="s">
         <v>92</v>
       </c>
       <c r="G87" t="s">
         <v>71</v>
       </c>
       <c r="H87">
         <v>1</v>
       </c>
       <c r="I87" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="J87" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="K87" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
     </row>
     <row r="88" spans="1:11">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88"/>
       <c r="C88" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="D88" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="E88"/>
       <c r="F88" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="G88" t="s">
         <v>71</v>
       </c>
       <c r="H88">
         <v>1</v>
       </c>
       <c r="I88" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="J88" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="K88" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
     </row>
     <row r="89" spans="1:11">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
         <v>11</v>
       </c>
       <c r="C89" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D89" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="E89" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="F89" t="s">
         <v>15</v>
       </c>
       <c r="G89" t="s">
         <v>56</v>
       </c>
       <c r="H89">
         <v>1</v>
       </c>
       <c r="I89" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="J89" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="K89" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
     </row>
     <row r="90" spans="1:11">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
         <v>11</v>
       </c>
       <c r="C90" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="D90" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="E90" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="F90" t="s">
         <v>15</v>
       </c>
       <c r="G90" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="H90">
         <v>1</v>
       </c>
       <c r="I90" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="J90" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="K90" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
     </row>
     <row r="91" spans="1:11">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
         <v>11</v>
       </c>
       <c r="C91" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="D91" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="E91"/>
       <c r="F91" t="s">
         <v>15</v>
       </c>
       <c r="G91" t="s">
         <v>43</v>
       </c>
       <c r="H91">
         <v>1</v>
       </c>
       <c r="I91" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="J91" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="K91" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
         <v>11</v>
       </c>
       <c r="C92" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="D92" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="E92" t="s">
         <v>132</v>
       </c>
       <c r="F92" t="s">
         <v>15</v>
       </c>
       <c r="G92" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="H92">
         <v>1</v>
       </c>
       <c r="I92" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="J92" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="K92" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
     </row>
     <row r="93" spans="1:11">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93"/>
       <c r="C93" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="D93" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="E93"/>
       <c r="F93" t="s">
         <v>15</v>
       </c>
       <c r="G93" t="s">
         <v>93</v>
       </c>
       <c r="H93">
         <v>1</v>
       </c>
       <c r="I93" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="J93" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="K93" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
     </row>
     <row r="94" spans="1:11">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
         <v>11</v>
       </c>
       <c r="C94" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="D94" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="E94"/>
       <c r="F94" t="s">
         <v>15</v>
       </c>
       <c r="G94" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="H94">
         <v>1</v>
       </c>
       <c r="I94" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="J94" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="K94" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
     </row>
     <row r="95" spans="1:11">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
         <v>11</v>
       </c>
       <c r="C95" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="D95" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="E95" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="F95" t="s">
         <v>15</v>
       </c>
       <c r="G95" t="s">
         <v>93</v>
       </c>
       <c r="H95">
         <v>1</v>
       </c>
       <c r="I95" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="J95" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="K95" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
     </row>
     <row r="96" spans="1:11">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96"/>
       <c r="C96" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D96" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="E96" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="F96" t="s">
         <v>92</v>
       </c>
       <c r="G96" t="s">
         <v>76</v>
       </c>
       <c r="H96">
         <v>1</v>
       </c>
       <c r="I96" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="J96" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="K96" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
     </row>
     <row r="97" spans="1:11">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
         <v>11</v>
       </c>
       <c r="C97" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D97" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="E97" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="F97" t="s">
         <v>105</v>
       </c>
       <c r="G97" t="s">
         <v>16</v>
       </c>
       <c r="H97">
         <v>1</v>
       </c>
       <c r="I97" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="J97" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="K97" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
         <v>11</v>
       </c>
       <c r="C98" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D98" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="E98" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="F98" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="G98" t="s">
         <v>93</v>
       </c>
       <c r="H98">
         <v>1</v>
       </c>
       <c r="I98" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="J98" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="K98" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
         <v>11</v>
       </c>
       <c r="C99" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D99" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="E99"/>
       <c r="F99" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="G99" t="s">
         <v>93</v>
       </c>
       <c r="H99">
         <v>1</v>
       </c>
       <c r="I99" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="J99" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="K99" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
     </row>
     <row r="100" spans="1:11">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
         <v>11</v>
       </c>
       <c r="C100" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D100" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="E100"/>
       <c r="F100" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="G100" t="s">
         <v>71</v>
       </c>
       <c r="H100">
         <v>1</v>
       </c>
       <c r="I100" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="J100" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="K100" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
     </row>
     <row r="101" spans="1:11">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101"/>
       <c r="C101" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="D101" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="E101"/>
       <c r="F101" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="G101" t="s">
         <v>56</v>
       </c>
       <c r="H101">
         <v>1</v>
       </c>
       <c r="I101" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="J101" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="K101" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
     </row>
     <row r="102" spans="1:11">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
         <v>11</v>
       </c>
       <c r="C102" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="D102" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="E102" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="F102" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="G102" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="H102">
         <v>1</v>
       </c>
       <c r="I102" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="J102" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="K102" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
     </row>
     <row r="103" spans="1:11">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103"/>
       <c r="C103" t="s">
         <v>143</v>
       </c>
       <c r="D103" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="E103" t="s">
         <v>145</v>
       </c>
       <c r="F103" t="s">
         <v>15</v>
       </c>
       <c r="G103" t="s">
         <v>93</v>
       </c>
       <c r="H103">
         <v>1</v>
       </c>
       <c r="I103" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="J103" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="K103" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
     </row>
     <row r="104" spans="1:11">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
         <v>11</v>
       </c>
       <c r="C104" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="D104" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="E104"/>
       <c r="F104" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="G104" t="s">
         <v>43</v>
       </c>
       <c r="H104">
         <v>1</v>
       </c>
       <c r="I104" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="J104" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="K104" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
     </row>
     <row r="105" spans="1:11">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
         <v>11</v>
       </c>
       <c r="C105" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="D105" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="E105" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="F105" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="G105" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="H105">
         <v>1</v>
       </c>
       <c r="I105" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="J105" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="K105" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
     </row>
     <row r="106" spans="1:11">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
         <v>11</v>
       </c>
       <c r="C106" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="D106" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="E106"/>
       <c r="F106" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="G106" t="s">
         <v>56</v>
       </c>
       <c r="H106">
         <v>1</v>
       </c>
       <c r="I106" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="J106" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="K106" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
     </row>
     <row r="107" spans="1:11">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107"/>
       <c r="C107" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="D107" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="E107"/>
       <c r="F107" t="s">
         <v>15</v>
       </c>
       <c r="G107" t="s">
         <v>76</v>
       </c>
       <c r="H107">
         <v>1</v>
       </c>
       <c r="I107" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="J107" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="K107" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
     </row>
     <row r="108" spans="1:11">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
-        <v>491</v>
+        <v>152</v>
       </c>
       <c r="C108" t="s">
         <v>492</v>
       </c>
       <c r="D108" t="s">
         <v>493</v>
       </c>
       <c r="E108" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="F108" t="s">
         <v>494</v>
       </c>
       <c r="G108" t="s">
         <v>56</v>
       </c>
       <c r="H108">
         <v>1</v>
       </c>
       <c r="I108" t="s">
         <v>495</v>
       </c>
       <c r="J108" t="s">
         <v>495</v>
       </c>
       <c r="K108" t="s">
         <v>496</v>
       </c>
     </row>
     <row r="109" spans="1:11">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109"/>
       <c r="C109" t="s">
         <v>497</v>
       </c>
       <c r="D109" t="s">
         <v>498</v>
       </c>
       <c r="E109"/>
       <c r="F109" t="s">
         <v>499</v>
       </c>
       <c r="G109" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="H109">
         <v>1</v>
       </c>
       <c r="I109" t="s">
         <v>500</v>
       </c>
       <c r="J109" t="s">
         <v>500</v>
       </c>
       <c r="K109" t="s">
         <v>501</v>
       </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
         <v>11</v>
       </c>
       <c r="C110" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D110" t="s">
         <v>502</v>
       </c>
       <c r="E110"/>
       <c r="F110" t="s">
         <v>92</v>
       </c>
       <c r="G110" t="s">
         <v>93</v>
       </c>
       <c r="H110">
         <v>1</v>
       </c>
       <c r="I110" t="s">
         <v>503</v>
       </c>
       <c r="J110" t="s">
         <v>503</v>
       </c>
       <c r="K110" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="111" spans="1:11">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
         <v>11</v>
       </c>
       <c r="C111" t="s">
         <v>505</v>
       </c>
       <c r="D111" t="s">
         <v>506</v>
       </c>
       <c r="E111" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="F111" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="G111" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="H111">
         <v>1</v>
       </c>
       <c r="I111" t="s">
         <v>507</v>
       </c>
       <c r="J111" t="s">
         <v>507</v>
       </c>
       <c r="K111" t="s">
         <v>508</v>
       </c>
     </row>
     <row r="112" spans="1:11">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112"/>
       <c r="C112" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D112" t="s">
         <v>509</v>
       </c>
       <c r="E112" t="s">
         <v>510</v>
       </c>
       <c r="F112" t="s">
         <v>499</v>
       </c>
       <c r="G112" t="s">
         <v>16</v>
       </c>
       <c r="H112">
         <v>1</v>
       </c>
       <c r="I112" t="s">
         <v>511</v>
       </c>
       <c r="J112" t="s">
         <v>511</v>
       </c>
       <c r="K112" t="s">
         <v>512</v>
       </c>
@@ -5794,90 +5806,92 @@
         <v>515</v>
       </c>
       <c r="F113" t="s">
         <v>110</v>
       </c>
       <c r="G113" t="s">
         <v>516</v>
       </c>
       <c r="H113">
         <v>1</v>
       </c>
       <c r="I113" t="s">
         <v>517</v>
       </c>
       <c r="J113" t="s">
         <v>517</v>
       </c>
       <c r="K113" t="s">
         <v>518</v>
       </c>
     </row>
     <row r="114" spans="1:11">
       <c r="A114">
         <v>113</v>
       </c>
-      <c r="B114"/>
+      <c r="B114" t="s">
+        <v>11</v>
+      </c>
       <c r="C114" t="s">
         <v>519</v>
       </c>
       <c r="D114" t="s">
         <v>520</v>
       </c>
       <c r="E114"/>
       <c r="F114" t="s">
         <v>521</v>
       </c>
       <c r="G114" t="s">
         <v>116</v>
       </c>
       <c r="H114">
         <v>1</v>
       </c>
       <c r="I114" t="s">
         <v>522</v>
       </c>
       <c r="J114" t="s">
         <v>522</v>
       </c>
       <c r="K114" t="s">
         <v>523</v>
       </c>
     </row>
     <row r="115" spans="1:11">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115"/>
       <c r="C115" t="s">
         <v>524</v>
       </c>
       <c r="D115" t="s">
         <v>525</v>
       </c>
       <c r="E115" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="F115" t="s">
         <v>92</v>
       </c>
       <c r="G115" t="s">
         <v>76</v>
       </c>
       <c r="H115">
         <v>1</v>
       </c>
       <c r="I115" t="s">
         <v>526</v>
       </c>
       <c r="J115" t="s">
         <v>526</v>
       </c>
       <c r="K115" t="s">
         <v>527</v>
       </c>
     </row>
     <row r="116" spans="1:11">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
@@ -5936,84 +5950,84 @@
       <c r="J117" t="s">
         <v>535</v>
       </c>
       <c r="K117" t="s">
         <v>536</v>
       </c>
     </row>
     <row r="118" spans="1:11">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
         <v>11</v>
       </c>
       <c r="C118" t="s">
         <v>537</v>
       </c>
       <c r="D118" t="s">
         <v>538</v>
       </c>
       <c r="E118"/>
       <c r="F118" t="s">
         <v>15</v>
       </c>
       <c r="G118" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="H118">
         <v>1</v>
       </c>
       <c r="I118" t="s">
         <v>539</v>
       </c>
       <c r="J118" t="s">
         <v>539</v>
       </c>
       <c r="K118" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="119" spans="1:11">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119"/>
       <c r="C119" t="s">
         <v>541</v>
       </c>
       <c r="D119" t="s">
         <v>542</v>
       </c>
       <c r="E119" t="s">
         <v>543</v>
       </c>
       <c r="F119" t="s">
         <v>15</v>
       </c>
       <c r="G119" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="H119">
         <v>1</v>
       </c>
       <c r="I119" t="s">
         <v>544</v>
       </c>
       <c r="J119" t="s">
         <v>544</v>
       </c>
       <c r="K119" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="120" spans="1:11">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
         <v>11</v>
       </c>
       <c r="C120" t="s">
         <v>546</v>
       </c>
       <c r="D120" t="s">