--- v0 (2025-10-02)
+++ v1 (2026-03-21)
@@ -929,51 +929,53 @@
         <v>13</v>
       </c>
       <c r="F6" t="s">
         <v>14</v>
       </c>
       <c r="G6" t="s">
         <v>15</v>
       </c>
       <c r="H6">
         <v>1</v>
       </c>
       <c r="I6" t="s">
         <v>36</v>
       </c>
       <c r="J6" t="s">
         <v>36</v>
       </c>
       <c r="K6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7">
         <v>6</v>
       </c>
-      <c r="B7"/>
+      <c r="B7" t="s">
+        <v>18</v>
+      </c>
       <c r="C7" t="s">
         <v>38</v>
       </c>
       <c r="D7" t="s">
         <v>39</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>40</v>
       </c>
       <c r="G7" t="s">
         <v>15</v>
       </c>
       <c r="H7">
         <v>1</v>
       </c>
       <c r="I7" t="s">
         <v>41</v>
       </c>
       <c r="J7" t="s">
         <v>41</v>
       </c>
       <c r="K7" t="s">
         <v>42</v>
       </c>
@@ -1024,51 +1026,53 @@
         <v>49</v>
       </c>
       <c r="F9" t="s">
         <v>21</v>
       </c>
       <c r="G9" t="s">
         <v>15</v>
       </c>
       <c r="H9">
         <v>1</v>
       </c>
       <c r="I9" t="s">
         <v>45</v>
       </c>
       <c r="J9" t="s">
         <v>45</v>
       </c>
       <c r="K9" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10">
         <v>9</v>
       </c>
-      <c r="B10"/>
+      <c r="B10" t="s">
+        <v>18</v>
+      </c>
       <c r="C10" t="s">
         <v>51</v>
       </c>
       <c r="D10" t="s">
         <v>39</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>40</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="H10">
         <v>1</v>
       </c>
       <c r="I10" t="s">
         <v>52</v>
       </c>
       <c r="J10" t="s">
         <v>52</v>
       </c>
       <c r="K10" t="s">
         <v>53</v>
       </c>
@@ -1373,51 +1377,53 @@
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
         <v>14</v>
       </c>
       <c r="G20" t="s">
         <v>15</v>
       </c>
       <c r="H20">
         <v>1</v>
       </c>
       <c r="I20" t="s">
         <v>96</v>
       </c>
       <c r="J20" t="s">
         <v>96</v>
       </c>
       <c r="K20" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21">
         <v>20</v>
       </c>
-      <c r="B21"/>
+      <c r="B21" t="s">
+        <v>18</v>
+      </c>
       <c r="C21" t="s">
         <v>98</v>
       </c>
       <c r="D21" t="s">
         <v>99</v>
       </c>
       <c r="E21" t="s">
         <v>100</v>
       </c>
       <c r="F21" t="s">
         <v>101</v>
       </c>
       <c r="G21" t="s">
         <v>22</v>
       </c>
       <c r="H21">
         <v>1</v>
       </c>
       <c r="I21" t="s">
         <v>102</v>
       </c>
       <c r="J21" t="s">
         <v>102</v>
       </c>
       <c r="K21" t="s">
@@ -1472,51 +1478,53 @@
         <v>100</v>
       </c>
       <c r="F23" t="s">
         <v>101</v>
       </c>
       <c r="G23" t="s">
         <v>15</v>
       </c>
       <c r="H23">
         <v>1</v>
       </c>
       <c r="I23" t="s">
         <v>110</v>
       </c>
       <c r="J23" t="s">
         <v>110</v>
       </c>
       <c r="K23" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24">
         <v>23</v>
       </c>
-      <c r="B24"/>
+      <c r="B24" t="s">
+        <v>18</v>
+      </c>
       <c r="C24" t="s">
         <v>112</v>
       </c>
       <c r="D24" t="s">
         <v>113</v>
       </c>
       <c r="E24" t="s">
         <v>114</v>
       </c>
       <c r="F24" t="s">
         <v>115</v>
       </c>
       <c r="G24" t="s">
         <v>22</v>
       </c>
       <c r="H24">
         <v>1</v>
       </c>
       <c r="I24" t="s">
         <v>116</v>
       </c>
       <c r="J24" t="s">
         <v>116</v>
       </c>
       <c r="K24" t="s">