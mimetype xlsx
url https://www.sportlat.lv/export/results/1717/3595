--- v1 (2025-12-23)
+++ v2 (2026-03-28)
@@ -3183,51 +3183,53 @@
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
         <v>241</v>
       </c>
       <c r="G50" t="s">
         <v>217</v>
       </c>
       <c r="H50">
         <v>1</v>
       </c>
       <c r="I50" t="s">
         <v>258</v>
       </c>
       <c r="J50" t="s">
         <v>258</v>
       </c>
       <c r="K50" t="s">
         <v>259</v>
       </c>
     </row>
     <row r="51" spans="1:11">
       <c r="A51">
         <v>50</v>
       </c>
-      <c r="B51"/>
+      <c r="B51" t="s">
+        <v>48</v>
+      </c>
       <c r="C51" t="s">
         <v>260</v>
       </c>
       <c r="D51" t="s">
         <v>261</v>
       </c>
       <c r="E51" t="s">
         <v>262</v>
       </c>
       <c r="F51" t="s">
         <v>118</v>
       </c>
       <c r="G51" t="s">
         <v>35</v>
       </c>
       <c r="H51">
         <v>1</v>
       </c>
       <c r="I51" t="s">
         <v>263</v>
       </c>
       <c r="J51" t="s">
         <v>263</v>
       </c>
       <c r="K51" t="s">