--- v0 (2025-11-27)
+++ v1 (2026-03-22)
@@ -832,51 +832,53 @@
         <v>29</v>
       </c>
       <c r="F6" t="s">
         <v>30</v>
       </c>
       <c r="G6" t="s">
         <v>15</v>
       </c>
       <c r="H6">
         <v>1</v>
       </c>
       <c r="I6" t="s">
         <v>31</v>
       </c>
       <c r="J6" t="s">
         <v>31</v>
       </c>
       <c r="K6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7">
         <v>6</v>
       </c>
-      <c r="B7"/>
+      <c r="B7" t="s">
+        <v>21</v>
+      </c>
       <c r="C7" t="s">
         <v>32</v>
       </c>
       <c r="D7" t="s">
         <v>33</v>
       </c>
       <c r="E7"/>
       <c r="F7" t="s">
         <v>34</v>
       </c>
       <c r="G7" t="s">
         <v>15</v>
       </c>
       <c r="H7">
         <v>1</v>
       </c>
       <c r="I7" t="s">
         <v>35</v>
       </c>
       <c r="J7" t="s">
         <v>35</v>
       </c>
       <c r="K7" t="s">
         <v>35</v>
       </c>
@@ -929,51 +931,53 @@
         <v>42</v>
       </c>
       <c r="F9" t="s">
         <v>43</v>
       </c>
       <c r="G9" t="s">
         <v>15</v>
       </c>
       <c r="H9">
         <v>1</v>
       </c>
       <c r="I9" t="s">
         <v>35</v>
       </c>
       <c r="J9" t="s">
         <v>35</v>
       </c>
       <c r="K9" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10">
         <v>9</v>
       </c>
-      <c r="B10"/>
+      <c r="B10" t="s">
+        <v>21</v>
+      </c>
       <c r="C10" t="s">
         <v>44</v>
       </c>
       <c r="D10" t="s">
         <v>33</v>
       </c>
       <c r="E10"/>
       <c r="F10" t="s">
         <v>34</v>
       </c>
       <c r="G10" t="s">
         <v>15</v>
       </c>
       <c r="H10">
         <v>1</v>
       </c>
       <c r="I10" t="s">
         <v>45</v>
       </c>
       <c r="J10" t="s">
         <v>45</v>
       </c>
       <c r="K10" t="s">
         <v>45</v>
       </c>