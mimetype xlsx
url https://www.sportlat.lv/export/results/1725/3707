--- v0 (2025-11-11)
+++ v1 (2026-02-20)
@@ -7304,51 +7304,53 @@
         <v>31</v>
       </c>
       <c r="G107" t="s">
         <v>17</v>
       </c>
       <c r="H107">
         <v>2</v>
       </c>
       <c r="I107" t="s">
         <v>526</v>
       </c>
       <c r="J107" t="s">
         <v>333</v>
       </c>
       <c r="K107" t="s">
         <v>526</v>
       </c>
       <c r="L107" t="s">
         <v>527</v>
       </c>
     </row>
     <row r="108" spans="1:12">
       <c r="A108">
         <v>107</v>
       </c>
-      <c r="B108"/>
+      <c r="B108" t="s">
+        <v>12</v>
+      </c>
       <c r="C108" t="s">
         <v>528</v>
       </c>
       <c r="D108" t="s">
         <v>529</v>
       </c>
       <c r="E108" t="s">
         <v>530</v>
       </c>
       <c r="F108" t="s">
         <v>31</v>
       </c>
       <c r="G108" t="s">
         <v>17</v>
       </c>
       <c r="H108">
         <v>2</v>
       </c>
       <c r="I108" t="s">
         <v>531</v>
       </c>
       <c r="J108" t="s">
         <v>475</v>
       </c>
       <c r="K108" t="s">
@@ -7770,51 +7772,53 @@
         <v>31</v>
       </c>
       <c r="G120" t="s">
         <v>37</v>
       </c>
       <c r="H120">
         <v>2</v>
       </c>
       <c r="I120" t="s">
         <v>585</v>
       </c>
       <c r="J120" t="s">
         <v>401</v>
       </c>
       <c r="K120" t="s">
         <v>585</v>
       </c>
       <c r="L120" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="121" spans="1:12">
       <c r="A121">
         <v>120</v>
       </c>
-      <c r="B121"/>
+      <c r="B121" t="s">
+        <v>12</v>
+      </c>
       <c r="C121" t="s">
         <v>587</v>
       </c>
       <c r="D121" t="s">
         <v>588</v>
       </c>
       <c r="E121" t="s">
         <v>589</v>
       </c>
       <c r="F121" t="s">
         <v>590</v>
       </c>
       <c r="G121" t="s">
         <v>37</v>
       </c>
       <c r="H121">
         <v>2</v>
       </c>
       <c r="I121" t="s">
         <v>585</v>
       </c>
       <c r="J121" t="s">
         <v>539</v>
       </c>
       <c r="K121" t="s">
@@ -8554,87 +8558,91 @@
         <v>31</v>
       </c>
       <c r="G142" t="s">
         <v>37</v>
       </c>
       <c r="H142">
         <v>2</v>
       </c>
       <c r="I142" t="s">
         <v>677</v>
       </c>
       <c r="J142" t="s">
         <v>449</v>
       </c>
       <c r="K142" t="s">
         <v>677</v>
       </c>
       <c r="L142" t="s">
         <v>678</v>
       </c>
     </row>
     <row r="143" spans="1:12">
       <c r="A143">
         <v>142</v>
       </c>
-      <c r="B143"/>
+      <c r="B143" t="s">
+        <v>12</v>
+      </c>
       <c r="C143" t="s">
         <v>13</v>
       </c>
       <c r="D143" t="s">
         <v>679</v>
       </c>
       <c r="E143" t="s">
         <v>353</v>
       </c>
       <c r="F143" t="s">
         <v>104</v>
       </c>
       <c r="G143" t="s">
         <v>17</v>
       </c>
       <c r="H143">
         <v>2</v>
       </c>
       <c r="I143" t="s">
         <v>680</v>
       </c>
       <c r="J143" t="s">
         <v>379</v>
       </c>
       <c r="K143" t="s">
         <v>680</v>
       </c>
       <c r="L143" t="s">
         <v>681</v>
       </c>
     </row>
     <row r="144" spans="1:12">
       <c r="A144">
         <v>143</v>
       </c>
-      <c r="B144"/>
+      <c r="B144" t="s">
+        <v>12</v>
+      </c>
       <c r="C144" t="s">
         <v>682</v>
       </c>
       <c r="D144" t="s">
         <v>679</v>
       </c>
       <c r="E144" t="s">
         <v>353</v>
       </c>
       <c r="F144" t="s">
         <v>104</v>
       </c>
       <c r="G144" t="s">
         <v>17</v>
       </c>
       <c r="H144">
         <v>2</v>
       </c>
       <c r="I144" t="s">
         <v>683</v>
       </c>
       <c r="J144" t="s">
         <v>379</v>
       </c>
       <c r="K144" t="s">
@@ -8738,51 +8746,53 @@
         <v>31</v>
       </c>
       <c r="G147" t="s">
         <v>17</v>
       </c>
       <c r="H147">
         <v>2</v>
       </c>
       <c r="I147" t="s">
         <v>694</v>
       </c>
       <c r="J147" t="s">
         <v>467</v>
       </c>
       <c r="K147" t="s">
         <v>694</v>
       </c>
       <c r="L147" t="s">
         <v>695</v>
       </c>
     </row>
     <row r="148" spans="1:12">
       <c r="A148">
         <v>147</v>
       </c>
-      <c r="B148"/>
+      <c r="B148" t="s">
+        <v>12</v>
+      </c>
       <c r="C148" t="s">
         <v>696</v>
       </c>
       <c r="D148" t="s">
         <v>697</v>
       </c>
       <c r="E148" t="s">
         <v>530</v>
       </c>
       <c r="F148" t="s">
         <v>31</v>
       </c>
       <c r="G148" t="s">
         <v>37</v>
       </c>
       <c r="H148">
         <v>2</v>
       </c>
       <c r="I148" t="s">
         <v>698</v>
       </c>
       <c r="J148" t="s">
         <v>575</v>
       </c>
       <c r="K148" t="s">