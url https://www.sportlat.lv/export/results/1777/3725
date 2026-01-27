--- v0 (2025-10-23)
+++ v1 (2026-01-27)
@@ -6950,84 +6950,84 @@
       </c>
       <c r="E82" t="s">
         <v>109</v>
       </c>
       <c r="F82" t="s">
         <v>25</v>
       </c>
       <c r="G82" t="s">
         <v>16</v>
       </c>
       <c r="H82">
         <v>1</v>
       </c>
       <c r="I82" t="s">
         <v>308</v>
       </c>
       <c r="J82" t="s">
         <v>308</v>
       </c>
       <c r="K82" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B83" t="s">
         <v>11</v>
       </c>
       <c r="C83" t="s">
         <v>309</v>
       </c>
       <c r="D83" t="s">
         <v>310</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
         <v>311</v>
       </c>
       <c r="G83" t="s">
         <v>16</v>
       </c>
       <c r="H83">
         <v>1</v>
       </c>
       <c r="I83" t="s">
         <v>312</v>
       </c>
       <c r="J83" t="s">
         <v>312</v>
       </c>
       <c r="K83" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="84" spans="1:11">
       <c r="A84">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B84" t="s">
         <v>11</v>
       </c>
       <c r="C84" t="s">
         <v>234</v>
       </c>
       <c r="D84" t="s">
         <v>313</v>
       </c>
       <c r="E84" t="s">
         <v>314</v>
       </c>
       <c r="F84" t="s">
         <v>315</v>
       </c>
       <c r="G84" t="s">
         <v>29</v>
       </c>
       <c r="H84">
         <v>1</v>
       </c>
       <c r="I84" t="s">
         <v>312</v>
       </c>
@@ -10146,86 +10146,86 @@
       </c>
       <c r="E178" t="s">
         <v>609</v>
       </c>
       <c r="F178" t="s">
         <v>15</v>
       </c>
       <c r="G178" t="s">
         <v>29</v>
       </c>
       <c r="H178">
         <v>1</v>
       </c>
       <c r="I178" t="s">
         <v>610</v>
       </c>
       <c r="J178" t="s">
         <v>610</v>
       </c>
       <c r="K178" t="s">
         <v>610</v>
       </c>
     </row>
     <row r="179" spans="1:11">
       <c r="A179">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="B179" t="s">
         <v>11</v>
       </c>
       <c r="C179" t="s">
         <v>611</v>
       </c>
       <c r="D179" t="s">
         <v>612</v>
       </c>
       <c r="E179" t="s">
         <v>613</v>
       </c>
       <c r="F179" t="s">
         <v>614</v>
       </c>
       <c r="G179" t="s">
         <v>16</v>
       </c>
       <c r="H179">
         <v>1</v>
       </c>
       <c r="I179" t="s">
         <v>615</v>
       </c>
       <c r="J179" t="s">
         <v>615</v>
       </c>
       <c r="K179" t="s">
         <v>615</v>
       </c>
     </row>
     <row r="180" spans="1:11">
       <c r="A180">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="B180" t="s">
         <v>11</v>
       </c>
       <c r="C180" t="s">
         <v>112</v>
       </c>
       <c r="D180" t="s">
         <v>612</v>
       </c>
       <c r="E180" t="s">
         <v>616</v>
       </c>
       <c r="F180" t="s">
         <v>617</v>
       </c>
       <c r="G180" t="s">
         <v>16</v>
       </c>
       <c r="H180">
         <v>1</v>
       </c>
       <c r="I180" t="s">
         <v>615</v>
       </c>
@@ -10581,84 +10581,84 @@
       </c>
       <c r="E191" t="s">
         <v>301</v>
       </c>
       <c r="F191" t="s">
         <v>462</v>
       </c>
       <c r="G191" t="s">
         <v>80</v>
       </c>
       <c r="H191">
         <v>1</v>
       </c>
       <c r="I191" t="s">
         <v>649</v>
       </c>
       <c r="J191" t="s">
         <v>649</v>
       </c>
       <c r="K191" t="s">
         <v>649</v>
       </c>
     </row>
     <row r="192" spans="1:11">
       <c r="A192">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="B192" t="s">
         <v>11</v>
       </c>
       <c r="C192" t="s">
         <v>650</v>
       </c>
       <c r="D192" t="s">
         <v>651</v>
       </c>
       <c r="E192"/>
       <c r="F192" t="s">
         <v>15</v>
       </c>
       <c r="G192" t="s">
         <v>51</v>
       </c>
       <c r="H192">
         <v>1</v>
       </c>
       <c r="I192" t="s">
         <v>652</v>
       </c>
       <c r="J192" t="s">
         <v>652</v>
       </c>
       <c r="K192" t="s">
         <v>652</v>
       </c>
     </row>
     <row r="193" spans="1:11">
       <c r="A193">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="B193" t="s">
         <v>11</v>
       </c>
       <c r="C193" t="s">
         <v>653</v>
       </c>
       <c r="D193" t="s">
         <v>654</v>
       </c>
       <c r="E193"/>
       <c r="F193" t="s">
         <v>15</v>
       </c>
       <c r="G193" t="s">
         <v>16</v>
       </c>
       <c r="H193">
         <v>1</v>
       </c>
       <c r="I193" t="s">
         <v>652</v>
       </c>
       <c r="J193" t="s">
         <v>652</v>
@@ -13317,86 +13317,86 @@
       <c r="D273" t="s">
         <v>885</v>
       </c>
       <c r="E273"/>
       <c r="F273" t="s">
         <v>305</v>
       </c>
       <c r="G273" t="s">
         <v>247</v>
       </c>
       <c r="H273">
         <v>1</v>
       </c>
       <c r="I273" t="s">
         <v>886</v>
       </c>
       <c r="J273" t="s">
         <v>886</v>
       </c>
       <c r="K273" t="s">
         <v>886</v>
       </c>
     </row>
     <row r="274" spans="1:11">
       <c r="A274">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="B274" t="s">
         <v>11</v>
       </c>
       <c r="C274" t="s">
         <v>887</v>
       </c>
       <c r="D274" t="s">
         <v>888</v>
       </c>
       <c r="E274">
         <v>1865</v>
       </c>
       <c r="F274" t="s">
         <v>118</v>
       </c>
       <c r="G274" t="s">
         <v>16</v>
       </c>
       <c r="H274">
         <v>1</v>
       </c>
       <c r="I274" t="s">
         <v>889</v>
       </c>
       <c r="J274" t="s">
         <v>889</v>
       </c>
       <c r="K274" t="s">
         <v>889</v>
       </c>
     </row>
     <row r="275" spans="1:11">
       <c r="A275">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B275" t="s">
         <v>11</v>
       </c>
       <c r="C275" t="s">
         <v>890</v>
       </c>
       <c r="D275" t="s">
         <v>891</v>
       </c>
       <c r="E275">
         <v>1865</v>
       </c>
       <c r="F275" t="s">
         <v>892</v>
       </c>
       <c r="G275" t="s">
         <v>16</v>
       </c>
       <c r="H275">
         <v>1</v>
       </c>
       <c r="I275" t="s">
         <v>889</v>
       </c>
@@ -14121,51 +14121,53 @@
       </c>
       <c r="E297"/>
       <c r="F297" t="s">
         <v>15</v>
       </c>
       <c r="G297" t="s">
         <v>247</v>
       </c>
       <c r="H297">
         <v>1</v>
       </c>
       <c r="I297" t="s">
         <v>953</v>
       </c>
       <c r="J297" t="s">
         <v>953</v>
       </c>
       <c r="K297" t="s">
         <v>953</v>
       </c>
     </row>
     <row r="298" spans="1:11">
       <c r="A298">
         <v>297</v>
       </c>
-      <c r="B298"/>
+      <c r="B298" t="s">
+        <v>11</v>
+      </c>
       <c r="C298" t="s">
         <v>399</v>
       </c>
       <c r="D298" t="s">
         <v>554</v>
       </c>
       <c r="E298"/>
       <c r="F298" t="s">
         <v>105</v>
       </c>
       <c r="G298" t="s">
         <v>16</v>
       </c>
       <c r="H298">
         <v>1</v>
       </c>
       <c r="I298" t="s">
         <v>954</v>
       </c>
       <c r="J298" t="s">
         <v>954</v>
       </c>
       <c r="K298" t="s">
         <v>954</v>
       </c>
@@ -14439,86 +14441,86 @@
       </c>
       <c r="E307" t="s">
         <v>232</v>
       </c>
       <c r="F307" t="s">
         <v>87</v>
       </c>
       <c r="G307" t="s">
         <v>296</v>
       </c>
       <c r="H307">
         <v>1</v>
       </c>
       <c r="I307" t="s">
         <v>974</v>
       </c>
       <c r="J307" t="s">
         <v>974</v>
       </c>
       <c r="K307" t="s">
         <v>974</v>
       </c>
     </row>
     <row r="308" spans="1:11">
       <c r="A308">
-        <v>308</v>
+        <v>307</v>
       </c>
       <c r="B308" t="s">
         <v>11</v>
       </c>
       <c r="C308" t="s">
         <v>975</v>
       </c>
       <c r="D308" t="s">
         <v>976</v>
       </c>
       <c r="E308" t="s">
         <v>977</v>
       </c>
       <c r="F308" t="s">
         <v>25</v>
       </c>
       <c r="G308" t="s">
         <v>16</v>
       </c>
       <c r="H308">
         <v>1</v>
       </c>
       <c r="I308" t="s">
         <v>978</v>
       </c>
       <c r="J308" t="s">
         <v>978</v>
       </c>
       <c r="K308" t="s">
         <v>978</v>
       </c>
     </row>
     <row r="309" spans="1:11">
       <c r="A309">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B309" t="s">
         <v>11</v>
       </c>
       <c r="C309" t="s">
         <v>569</v>
       </c>
       <c r="D309" t="s">
         <v>979</v>
       </c>
       <c r="E309" t="s">
         <v>414</v>
       </c>
       <c r="F309" t="s">
         <v>25</v>
       </c>
       <c r="G309" t="s">
         <v>16</v>
       </c>
       <c r="H309">
         <v>1</v>
       </c>
       <c r="I309" t="s">
         <v>978</v>
       </c>
@@ -15889,82 +15891,82 @@
       <c r="D351" t="s">
         <v>1091</v>
       </c>
       <c r="E351"/>
       <c r="F351" t="s">
         <v>15</v>
       </c>
       <c r="G351" t="s">
         <v>51</v>
       </c>
       <c r="H351">
         <v>1</v>
       </c>
       <c r="I351" t="s">
         <v>1092</v>
       </c>
       <c r="J351" t="s">
         <v>1092</v>
       </c>
       <c r="K351" t="s">
         <v>1092</v>
       </c>
     </row>
     <row r="352" spans="1:11">
       <c r="A352">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="B352"/>
       <c r="C352" t="s">
         <v>1093</v>
       </c>
       <c r="D352" t="s">
         <v>1094</v>
       </c>
       <c r="E352"/>
       <c r="F352" t="s">
         <v>1095</v>
       </c>
       <c r="G352" t="s">
         <v>51</v>
       </c>
       <c r="H352">
         <v>1</v>
       </c>
       <c r="I352" t="s">
         <v>1096</v>
       </c>
       <c r="J352" t="s">
         <v>1096</v>
       </c>
       <c r="K352" t="s">
         <v>1096</v>
       </c>
     </row>
     <row r="353" spans="1:11">
       <c r="A353">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="B353"/>
       <c r="C353" t="s">
         <v>1097</v>
       </c>
       <c r="D353" t="s">
         <v>1098</v>
       </c>
       <c r="E353" t="s">
         <v>575</v>
       </c>
       <c r="F353" t="s">
         <v>105</v>
       </c>
       <c r="G353" t="s">
         <v>51</v>
       </c>
       <c r="H353">
         <v>1</v>
       </c>
       <c r="I353" t="s">
         <v>1096</v>
       </c>
       <c r="J353" t="s">
         <v>1096</v>