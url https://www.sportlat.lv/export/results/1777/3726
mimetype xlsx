--- v0 (2025-10-28)
+++ v1 (2026-01-27)
@@ -4368,51 +4368,53 @@
         <v>68</v>
       </c>
       <c r="F16" t="s">
         <v>78</v>
       </c>
       <c r="G16" t="s">
         <v>79</v>
       </c>
       <c r="H16">
         <v>1</v>
       </c>
       <c r="I16" t="s">
         <v>80</v>
       </c>
       <c r="J16" t="s">
         <v>80</v>
       </c>
       <c r="K16" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17">
         <v>16</v>
       </c>
-      <c r="B17"/>
+      <c r="B17" t="s">
+        <v>11</v>
+      </c>
       <c r="C17" t="s">
         <v>81</v>
       </c>
       <c r="D17" t="s">
         <v>82</v>
       </c>
       <c r="E17" t="s">
         <v>83</v>
       </c>
       <c r="F17" t="s">
         <v>84</v>
       </c>
       <c r="G17" t="s">
         <v>21</v>
       </c>
       <c r="H17">
         <v>1</v>
       </c>
       <c r="I17" t="s">
         <v>85</v>
       </c>
       <c r="J17" t="s">
         <v>85</v>
       </c>
       <c r="K17" t="s">
@@ -12040,51 +12042,53 @@
       </c>
       <c r="E246"/>
       <c r="F246" t="s">
         <v>98</v>
       </c>
       <c r="G246" t="s">
         <v>196</v>
       </c>
       <c r="H246">
         <v>1</v>
       </c>
       <c r="I246" t="s">
         <v>783</v>
       </c>
       <c r="J246" t="s">
         <v>783</v>
       </c>
       <c r="K246" t="s">
         <v>783</v>
       </c>
     </row>
     <row r="247" spans="1:11">
       <c r="A247">
         <v>246</v>
       </c>
-      <c r="B247"/>
+      <c r="B247" t="s">
+        <v>11</v>
+      </c>
       <c r="C247" t="s">
         <v>780</v>
       </c>
       <c r="D247" t="s">
         <v>784</v>
       </c>
       <c r="E247"/>
       <c r="F247" t="s">
         <v>48</v>
       </c>
       <c r="G247" t="s">
         <v>69</v>
       </c>
       <c r="H247">
         <v>1</v>
       </c>
       <c r="I247" t="s">
         <v>785</v>
       </c>
       <c r="J247" t="s">
         <v>785</v>
       </c>
       <c r="K247" t="s">
         <v>785</v>
       </c>