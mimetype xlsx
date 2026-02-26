--- v0 (2025-10-05)
+++ v1 (2026-02-26)
@@ -14890,51 +14890,53 @@
       </c>
       <c r="E287"/>
       <c r="F287" t="s">
         <v>1121</v>
       </c>
       <c r="G287" t="s">
         <v>122</v>
       </c>
       <c r="H287">
         <v>1</v>
       </c>
       <c r="I287" t="s">
         <v>1118</v>
       </c>
       <c r="J287" t="s">
         <v>1118</v>
       </c>
       <c r="K287" t="s">
         <v>1122</v>
       </c>
     </row>
     <row r="288" spans="1:11">
       <c r="A288">
         <v>287</v>
       </c>
-      <c r="B288"/>
+      <c r="B288" t="s">
+        <v>11</v>
+      </c>
       <c r="C288" t="s">
         <v>1123</v>
       </c>
       <c r="D288" t="s">
         <v>1124</v>
       </c>
       <c r="E288"/>
       <c r="F288" t="s">
         <v>15</v>
       </c>
       <c r="G288" t="s">
         <v>95</v>
       </c>
       <c r="H288">
         <v>1</v>
       </c>
       <c r="I288" t="s">
         <v>1125</v>
       </c>
       <c r="J288" t="s">
         <v>1125</v>
       </c>
       <c r="K288" t="s">
         <v>1126</v>
       </c>