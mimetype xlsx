--- v0 (2025-11-17)
+++ v1 (2026-03-22)
@@ -47,50 +47,53 @@
   <si>
     <t>Uzvārds</t>
   </si>
   <si>
     <t>Komanda</t>
   </si>
   <si>
     <t>Pilsēta</t>
   </si>
   <si>
     <t>Grupa</t>
   </si>
   <si>
     <t>Apļi</t>
   </si>
   <si>
     <t>Finišs</t>
   </si>
   <si>
     <t>1. aplis</t>
   </si>
   <si>
     <t>Tīrais rez.</t>
   </si>
   <si>
+    <t>LAT</t>
+  </si>
+  <si>
     <t>Kristers</t>
   </si>
   <si>
     <t>Savickis</t>
   </si>
   <si>
     <t>Ogres biatlona klubs</t>
   </si>
   <si>
     <t>Ikšķile</t>
   </si>
   <si>
     <t>VB3</t>
   </si>
   <si>
     <t>0:02:07</t>
   </si>
   <si>
     <t>00:02:06.19</t>
   </si>
   <si>
     <t>Amelija</t>
   </si>
   <si>
     <t>Tatkina</t>
@@ -111,53 +114,50 @@
     <t>00:02:12.42</t>
   </si>
   <si>
     <t>Raivis</t>
   </si>
   <si>
     <t>Ruļuks</t>
   </si>
   <si>
     <t>Madonas BJSS</t>
   </si>
   <si>
     <t>0:02:20</t>
   </si>
   <si>
     <t>00:02:19.68</t>
   </si>
   <si>
     <t>Haralds</t>
   </si>
   <si>
     <t>0:02:21</t>
   </si>
   <si>
     <t>00:02:20.61</t>
-  </si>
-[...1 lines deleted...]
-    <t>LAT</t>
   </si>
   <si>
     <t>Marko</t>
   </si>
   <si>
     <t>Arama</t>
   </si>
   <si>
     <t>VB2</t>
   </si>
   <si>
     <t>0:02:28</t>
   </si>
   <si>
     <t>00:02:27.85</t>
   </si>
   <si>
     <t>Līva</t>
   </si>
   <si>
     <t>Trode</t>
   </si>
   <si>
     <t>0:02:35</t>
   </si>
@@ -915,449 +915,455 @@
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="2" spans="1:11">
       <c r="A2">
         <v>1</v>
       </c>
-      <c r="B2"/>
+      <c r="B2" t="s">
+        <v>11</v>
+      </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H2">
         <v>1</v>
       </c>
       <c r="I2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="K2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:11">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3"/>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="H3">
         <v>1</v>
       </c>
       <c r="I3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="J3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="K3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:11">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4"/>
       <c r="C4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G4" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H4">
         <v>1</v>
       </c>
       <c r="I4" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="J4" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="K4" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="5" spans="1:11">
       <c r="A5">
         <v>4</v>
       </c>
-      <c r="B5"/>
+      <c r="B5" t="s">
+        <v>11</v>
+      </c>
       <c r="C5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H5">
         <v>1</v>
       </c>
       <c r="I5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="J5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="K5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:11">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="C6" t="s">
         <v>34</v>
       </c>
       <c r="D6" t="s">
         <v>35</v>
       </c>
       <c r="E6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G6" t="s">
         <v>36</v>
       </c>
       <c r="H6">
         <v>1</v>
       </c>
       <c r="I6" t="s">
         <v>37</v>
       </c>
       <c r="J6" t="s">
         <v>37</v>
       </c>
       <c r="K6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="7" spans="1:11">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7"/>
       <c r="C7" t="s">
         <v>39</v>
       </c>
       <c r="D7" t="s">
         <v>40</v>
       </c>
       <c r="E7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="H7">
         <v>1</v>
       </c>
       <c r="I7" t="s">
         <v>41</v>
       </c>
       <c r="J7" t="s">
         <v>41</v>
       </c>
       <c r="K7" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:11">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8"/>
       <c r="C8" t="s">
         <v>43</v>
       </c>
       <c r="D8" t="s">
         <v>44</v>
       </c>
       <c r="E8" t="s">
         <v>45</v>
       </c>
       <c r="F8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G8" t="s">
         <v>36</v>
       </c>
       <c r="H8">
         <v>1</v>
       </c>
       <c r="I8" t="s">
         <v>46</v>
       </c>
       <c r="J8" t="s">
         <v>46</v>
       </c>
       <c r="K8" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="9" spans="1:11">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="C9" t="s">
         <v>48</v>
       </c>
       <c r="D9" t="s">
         <v>49</v>
       </c>
       <c r="E9"/>
       <c r="F9" t="s">
         <v>50</v>
       </c>
       <c r="G9" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H9">
         <v>1</v>
       </c>
       <c r="I9" t="s">
         <v>51</v>
       </c>
       <c r="J9" t="s">
         <v>51</v>
       </c>
       <c r="K9" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="10" spans="1:11">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="C10" t="s">
         <v>53</v>
       </c>
       <c r="D10" t="s">
         <v>54</v>
       </c>
       <c r="E10" t="s">
         <v>55</v>
       </c>
       <c r="F10" t="s">
         <v>56</v>
       </c>
       <c r="G10" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H10">
         <v>1</v>
       </c>
       <c r="I10" t="s">
         <v>57</v>
       </c>
       <c r="J10" t="s">
         <v>57</v>
       </c>
       <c r="K10" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="11" spans="1:11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="C11" t="s">
         <v>59</v>
       </c>
       <c r="D11" t="s">
         <v>60</v>
       </c>
       <c r="E11"/>
       <c r="F11" t="s">
         <v>61</v>
       </c>
       <c r="G11" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H11">
         <v>1</v>
       </c>
       <c r="I11" t="s">
         <v>62</v>
       </c>
       <c r="J11" t="s">
         <v>62</v>
       </c>
       <c r="K11" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="12" spans="1:11">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12"/>
       <c r="C12" t="s">
         <v>64</v>
       </c>
       <c r="D12" t="s">
         <v>65</v>
       </c>
       <c r="E12" t="s">
         <v>66</v>
       </c>
       <c r="F12" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G12" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H12">
         <v>1</v>
       </c>
       <c r="I12" t="s">
         <v>67</v>
       </c>
       <c r="J12" t="s">
         <v>67</v>
       </c>
       <c r="K12" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="13" spans="1:11">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13"/>
       <c r="C13" t="s">
         <v>69</v>
       </c>
       <c r="D13" t="s">
         <v>70</v>
       </c>
       <c r="E13"/>
       <c r="F13" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G13" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H13">
         <v>1</v>
       </c>
       <c r="I13" t="s">
         <v>71</v>
       </c>
       <c r="J13" t="s">
         <v>71</v>
       </c>
       <c r="K13" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14">
         <v>13</v>
       </c>
-      <c r="B14"/>
+      <c r="B14" t="s">
+        <v>11</v>
+      </c>
       <c r="C14" t="s">
         <v>73</v>
       </c>
       <c r="D14" t="s">
         <v>74</v>
       </c>
       <c r="E14" t="s">
         <v>75</v>
       </c>
       <c r="F14" t="s">
         <v>76</v>
       </c>
       <c r="G14" t="s">
         <v>77</v>
       </c>
       <c r="H14">
         <v>1</v>
       </c>
       <c r="I14" t="s">
         <v>78</v>
       </c>
       <c r="J14" t="s">
         <v>78</v>
       </c>
       <c r="K14" t="s">
@@ -1380,261 +1386,263 @@
       </c>
       <c r="F15" t="s">
         <v>83</v>
       </c>
       <c r="G15" t="s">
         <v>77</v>
       </c>
       <c r="H15">
         <v>1</v>
       </c>
       <c r="I15" t="s">
         <v>84</v>
       </c>
       <c r="J15" t="s">
         <v>84</v>
       </c>
       <c r="K15" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="C16" t="s">
         <v>86</v>
       </c>
       <c r="D16" t="s">
         <v>87</v>
       </c>
       <c r="E16" t="s">
         <v>55</v>
       </c>
       <c r="F16" t="s">
         <v>56</v>
       </c>
       <c r="G16" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H16">
         <v>1</v>
       </c>
       <c r="I16" t="s">
         <v>88</v>
       </c>
       <c r="J16" t="s">
         <v>88</v>
       </c>
       <c r="K16" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17"/>
       <c r="C17" t="s">
         <v>90</v>
       </c>
       <c r="D17" t="s">
         <v>91</v>
       </c>
       <c r="E17" t="s">
         <v>92</v>
       </c>
       <c r="F17" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G17" t="s">
         <v>93</v>
       </c>
       <c r="H17">
         <v>1</v>
       </c>
       <c r="I17" t="s">
         <v>94</v>
       </c>
       <c r="J17" t="s">
         <v>94</v>
       </c>
       <c r="K17" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18"/>
       <c r="C18" t="s">
         <v>96</v>
       </c>
       <c r="D18" t="s">
         <v>97</v>
       </c>
       <c r="E18" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F18" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G18" t="s">
         <v>36</v>
       </c>
       <c r="H18">
         <v>1</v>
       </c>
       <c r="I18" t="s">
         <v>98</v>
       </c>
       <c r="J18" t="s">
         <v>98</v>
       </c>
       <c r="K18" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="C19" t="s">
         <v>100</v>
       </c>
       <c r="D19" t="s">
         <v>101</v>
       </c>
       <c r="E19" t="s">
         <v>102</v>
       </c>
       <c r="F19" t="s">
         <v>103</v>
       </c>
       <c r="G19" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="H19">
         <v>1</v>
       </c>
       <c r="I19" t="s">
         <v>104</v>
       </c>
       <c r="J19" t="s">
         <v>104</v>
       </c>
       <c r="K19" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20">
         <v>19</v>
       </c>
       <c r="B20"/>
       <c r="C20" t="s">
         <v>106</v>
       </c>
       <c r="D20" t="s">
         <v>107</v>
       </c>
       <c r="E20"/>
       <c r="F20" t="s">
         <v>108</v>
       </c>
       <c r="G20" t="s">
         <v>93</v>
       </c>
       <c r="H20">
         <v>1</v>
       </c>
       <c r="I20" t="s">
         <v>109</v>
       </c>
       <c r="J20" t="s">
         <v>109</v>
       </c>
       <c r="K20" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21">
         <v>20</v>
       </c>
-      <c r="B21"/>
+      <c r="B21" t="s">
+        <v>11</v>
+      </c>
       <c r="C21" t="s">
         <v>111</v>
       </c>
       <c r="D21" t="s">
         <v>74</v>
       </c>
       <c r="E21" t="s">
         <v>75</v>
       </c>
       <c r="F21" t="s">
         <v>76</v>
       </c>
       <c r="G21" t="s">
         <v>93</v>
       </c>
       <c r="H21">
         <v>1</v>
       </c>
       <c r="I21" t="s">
         <v>112</v>
       </c>
       <c r="J21" t="s">
         <v>112</v>
       </c>
       <c r="K21" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22">
         <v>21</v>
       </c>
       <c r="B22"/>
       <c r="C22" t="s">
         <v>114</v>
       </c>
       <c r="D22" t="s">
         <v>44</v>
       </c>
       <c r="E22" t="s">
         <v>45</v>
       </c>
       <c r="F22" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G22" t="s">
         <v>115</v>
       </c>
       <c r="H22">
         <v>1</v>
       </c>
       <c r="I22" t="s">
         <v>116</v>
       </c>
       <c r="J22" t="s">
         <v>116</v>
       </c>
       <c r="K22" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="23" spans="1:11">
       <c r="A23">
         <v>22</v>
       </c>
       <c r="B23"/>
       <c r="C23" t="s">
         <v>118</v>
       </c>
@@ -1652,115 +1660,117 @@
         <v>1</v>
       </c>
       <c r="I23" t="s">
         <v>121</v>
       </c>
       <c r="J23" t="s">
         <v>121</v>
       </c>
       <c r="K23" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="24" spans="1:11">
       <c r="A24">
         <v>23</v>
       </c>
       <c r="B24"/>
       <c r="C24" t="s">
         <v>123</v>
       </c>
       <c r="D24" t="s">
         <v>124</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G24" t="s">
         <v>93</v>
       </c>
       <c r="H24">
         <v>1</v>
       </c>
       <c r="I24" t="s">
         <v>125</v>
       </c>
       <c r="J24" t="s">
         <v>125</v>
       </c>
       <c r="K24" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="25" spans="1:11">
       <c r="A25">
         <v>24</v>
       </c>
       <c r="B25"/>
       <c r="C25" t="s">
         <v>127</v>
       </c>
       <c r="D25" t="s">
         <v>128</v>
       </c>
       <c r="E25"/>
       <c r="F25" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G25" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H25">
         <v>1</v>
       </c>
       <c r="I25" t="s">
         <v>129</v>
       </c>
       <c r="J25" t="s">
         <v>129</v>
       </c>
       <c r="K25" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="26" spans="1:11">
       <c r="A26">
         <v>25</v>
       </c>
-      <c r="B26"/>
+      <c r="B26" t="s">
+        <v>11</v>
+      </c>
       <c r="C26" t="s">
         <v>131</v>
       </c>
       <c r="D26" t="s">
         <v>132</v>
       </c>
       <c r="E26" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F26" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G26" t="s">
         <v>93</v>
       </c>
       <c r="H26">
         <v>1</v>
       </c>
       <c r="I26" t="s">
         <v>129</v>
       </c>
       <c r="J26" t="s">
         <v>129</v>
       </c>
       <c r="K26" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="27" spans="1:11">
       <c r="A27">
         <v>26</v>
       </c>
       <c r="B27"/>
       <c r="C27" t="s">
         <v>134</v>
       </c>
@@ -1780,84 +1790,84 @@
       <c r="I27" t="s">
         <v>137</v>
       </c>
       <c r="J27" t="s">
         <v>137</v>
       </c>
       <c r="K27" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="28" spans="1:11">
       <c r="A28">
         <v>27</v>
       </c>
       <c r="B28"/>
       <c r="C28" t="s">
         <v>139</v>
       </c>
       <c r="D28" t="s">
         <v>140</v>
       </c>
       <c r="E28" t="s">
         <v>92</v>
       </c>
       <c r="F28" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G28" t="s">
         <v>115</v>
       </c>
       <c r="H28">
         <v>1</v>
       </c>
       <c r="I28" t="s">
         <v>141</v>
       </c>
       <c r="J28" t="s">
         <v>141</v>
       </c>
       <c r="K28" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="29" spans="1:11">
       <c r="A29">
         <v>28</v>
       </c>
       <c r="B29"/>
       <c r="C29" t="s">
         <v>111</v>
       </c>
       <c r="D29" t="s">
         <v>143</v>
       </c>
       <c r="E29" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F29" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G29" t="s">
         <v>93</v>
       </c>
       <c r="H29">
         <v>1</v>
       </c>
       <c r="I29" t="s">
         <v>144</v>
       </c>
       <c r="J29" t="s">
         <v>144</v>
       </c>
       <c r="K29" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="30" spans="1:11">
       <c r="A30">
         <v>29</v>
       </c>
       <c r="B30"/>
       <c r="C30" t="s">
         <v>146</v>
       </c>
@@ -1868,191 +1878,195 @@
         <v>148</v>
       </c>
       <c r="F30" t="s">
         <v>148</v>
       </c>
       <c r="G30" t="s">
         <v>115</v>
       </c>
       <c r="H30">
         <v>1</v>
       </c>
       <c r="I30" t="s">
         <v>149</v>
       </c>
       <c r="J30" t="s">
         <v>149</v>
       </c>
       <c r="K30" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="31" spans="1:11">
       <c r="A31">
         <v>30</v>
       </c>
-      <c r="B31"/>
+      <c r="B31" t="s">
+        <v>11</v>
+      </c>
       <c r="C31" t="s">
         <v>114</v>
       </c>
       <c r="D31" t="s">
         <v>151</v>
       </c>
       <c r="E31"/>
       <c r="F31" t="s">
         <v>152</v>
       </c>
       <c r="G31" t="s">
         <v>115</v>
       </c>
       <c r="H31">
         <v>1</v>
       </c>
       <c r="I31" t="s">
         <v>153</v>
       </c>
       <c r="J31" t="s">
         <v>153</v>
       </c>
       <c r="K31" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="32" spans="1:11">
       <c r="A32">
         <v>31</v>
       </c>
-      <c r="B32"/>
+      <c r="B32" t="s">
+        <v>11</v>
+      </c>
       <c r="C32" t="s">
         <v>43</v>
       </c>
       <c r="D32" t="s">
         <v>155</v>
       </c>
       <c r="E32"/>
       <c r="F32" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G32" t="s">
         <v>36</v>
       </c>
       <c r="H32">
         <v>1</v>
       </c>
       <c r="I32" t="s">
         <v>156</v>
       </c>
       <c r="J32" t="s">
         <v>156</v>
       </c>
       <c r="K32" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="33" spans="1:11">
       <c r="A33">
         <v>32</v>
       </c>
       <c r="B33"/>
       <c r="C33" t="s">
         <v>158</v>
       </c>
       <c r="D33" t="s">
         <v>159</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G33" t="s">
         <v>36</v>
       </c>
       <c r="H33">
         <v>1</v>
       </c>
       <c r="I33" t="s">
         <v>160</v>
       </c>
       <c r="J33" t="s">
         <v>160</v>
       </c>
       <c r="K33" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="34" spans="1:11">
       <c r="A34">
         <v>33</v>
       </c>
       <c r="B34" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="C34" t="s">
         <v>158</v>
       </c>
       <c r="D34" t="s">
         <v>162</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
         <v>163</v>
       </c>
       <c r="G34" t="s">
         <v>36</v>
       </c>
       <c r="H34">
         <v>1</v>
       </c>
       <c r="I34" t="s">
         <v>164</v>
       </c>
       <c r="J34" t="s">
         <v>164</v>
       </c>
       <c r="K34" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="35" spans="1:11">
       <c r="A35">
         <v>34</v>
       </c>
       <c r="B35" t="s">
-        <v>33</v>
+        <v>11</v>
       </c>
       <c r="C35" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D35" t="s">
         <v>166</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G35" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H35">
         <v>1</v>
       </c>
       <c r="I35" t="s">
         <v>167</v>
       </c>
       <c r="J35" t="s">
         <v>167</v>
       </c>
       <c r="K35" t="s">
         <v>168</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>