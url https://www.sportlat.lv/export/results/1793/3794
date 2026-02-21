--- v0 (2025-10-06)
+++ v1 (2026-02-21)
@@ -1220,51 +1220,53 @@
       </c>
       <c r="E16"/>
       <c r="F16" t="s">
         <v>79</v>
       </c>
       <c r="G16" t="s">
         <v>43</v>
       </c>
       <c r="H16">
         <v>1</v>
       </c>
       <c r="I16" t="s">
         <v>80</v>
       </c>
       <c r="J16" t="s">
         <v>80</v>
       </c>
       <c r="K16" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17">
         <v>15</v>
       </c>
-      <c r="B17"/>
+      <c r="B17" t="s">
+        <v>21</v>
+      </c>
       <c r="C17" t="s">
         <v>82</v>
       </c>
       <c r="D17" t="s">
         <v>83</v>
       </c>
       <c r="E17"/>
       <c r="F17" t="s">
         <v>84</v>
       </c>
       <c r="G17" t="s">
         <v>43</v>
       </c>
       <c r="H17">
         <v>1</v>
       </c>
       <c r="I17" t="s">
         <v>80</v>
       </c>
       <c r="J17" t="s">
         <v>80</v>
       </c>
       <c r="K17" t="s">
         <v>85</v>
       </c>