--- v1 (2026-02-08)
+++ v2 (2026-03-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Export data" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="367">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="366">
   <si>
     <t>Vieta</t>
   </si>
   <si>
     <t>Valsts</t>
   </si>
   <si>
     <t>Vārds</t>
   </si>
   <si>
     <t>Uzvārds</t>
   </si>
   <si>
     <t>Komanda</t>
   </si>
   <si>
     <t>Pilsēta</t>
   </si>
   <si>
     <t>Grupa</t>
   </si>
   <si>
     <t>Apļi</t>
   </si>
   <si>
@@ -723,53 +723,50 @@
     <t>Agnese</t>
   </si>
   <si>
     <t>Ernstsone</t>
   </si>
   <si>
     <t>Ventspils maratona klubs</t>
   </si>
   <si>
     <t>0:26:49</t>
   </si>
   <si>
     <t>00:26:44.33</t>
   </si>
   <si>
     <t>Viktorija</t>
   </si>
   <si>
     <t>Frišfelde</t>
   </si>
   <si>
     <t>Liepaja</t>
   </si>
   <si>
     <t>00:26:46.88</t>
-  </si>
-[...1 lines deleted...]
-    <t>ALG</t>
   </si>
   <si>
     <t>Zalonskis</t>
   </si>
   <si>
     <t>0:26:50</t>
   </si>
   <si>
     <t>00:26:45.06</t>
   </si>
   <si>
     <t>Annija</t>
   </si>
   <si>
     <t>Saldus novada sporta skola</t>
   </si>
   <si>
     <t>0:26:56</t>
   </si>
   <si>
     <t>00:26:54.06</t>
   </si>
   <si>
     <t>Rūta</t>
   </si>
@@ -3194,1128 +3191,1128 @@
       <c r="E51"/>
       <c r="F51" t="s">
         <v>235</v>
       </c>
       <c r="G51" t="s">
         <v>86</v>
       </c>
       <c r="H51">
         <v>1</v>
       </c>
       <c r="I51" t="s">
         <v>231</v>
       </c>
       <c r="J51" t="s">
         <v>231</v>
       </c>
       <c r="K51" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="52" spans="1:11">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52" t="s">
-        <v>237</v>
+        <v>11</v>
       </c>
       <c r="C52" t="s">
         <v>147</v>
       </c>
       <c r="D52" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="E52"/>
       <c r="F52" t="s">
         <v>37</v>
       </c>
       <c r="G52" t="s">
         <v>15</v>
       </c>
       <c r="H52">
         <v>1</v>
       </c>
       <c r="I52" t="s">
+        <v>238</v>
+      </c>
+      <c r="J52" t="s">
+        <v>238</v>
+      </c>
+      <c r="K52" t="s">
         <v>239</v>
-      </c>
-[...4 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="53" spans="1:11">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53"/>
       <c r="C53" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="D53" t="s">
         <v>224</v>
       </c>
       <c r="E53" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="F53" t="s">
         <v>85</v>
       </c>
       <c r="G53" t="s">
         <v>86</v>
       </c>
       <c r="H53">
         <v>1</v>
       </c>
       <c r="I53" t="s">
+        <v>242</v>
+      </c>
+      <c r="J53" t="s">
+        <v>242</v>
+      </c>
+      <c r="K53" t="s">
         <v>243</v>
-      </c>
-[...4 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="54" spans="1:11">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54" t="s">
         <v>11</v>
       </c>
       <c r="C54" t="s">
+        <v>244</v>
+      </c>
+      <c r="D54" t="s">
         <v>245</v>
-      </c>
-[...1 lines deleted...]
-        <v>246</v>
       </c>
       <c r="E54" t="s">
         <v>125</v>
       </c>
       <c r="F54" t="s">
         <v>125</v>
       </c>
       <c r="G54" t="s">
         <v>86</v>
       </c>
       <c r="H54">
         <v>1</v>
       </c>
       <c r="I54" t="s">
+        <v>246</v>
+      </c>
+      <c r="J54" t="s">
+        <v>246</v>
+      </c>
+      <c r="K54" t="s">
         <v>247</v>
-      </c>
-[...4 lines deleted...]
-        <v>248</v>
       </c>
     </row>
     <row r="55" spans="1:11">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55" t="s">
         <v>11</v>
       </c>
       <c r="C55" t="s">
         <v>233</v>
       </c>
       <c r="D55" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="E55"/>
       <c r="F55" t="s">
         <v>25</v>
       </c>
       <c r="G55" t="s">
         <v>86</v>
       </c>
       <c r="H55">
         <v>1</v>
       </c>
       <c r="I55" t="s">
+        <v>249</v>
+      </c>
+      <c r="J55" t="s">
+        <v>249</v>
+      </c>
+      <c r="K55" t="s">
         <v>250</v>
-      </c>
-[...4 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="56" spans="1:11">
       <c r="A56">
         <v>56</v>
       </c>
       <c r="B56" t="s">
         <v>11</v>
       </c>
       <c r="C56" t="s">
+        <v>251</v>
+      </c>
+      <c r="D56" t="s">
         <v>252</v>
-      </c>
-[...1 lines deleted...]
-        <v>253</v>
       </c>
       <c r="E56"/>
       <c r="F56" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="G56" t="s">
         <v>15</v>
       </c>
       <c r="H56">
         <v>1</v>
       </c>
       <c r="I56" t="s">
+        <v>254</v>
+      </c>
+      <c r="J56" t="s">
+        <v>254</v>
+      </c>
+      <c r="K56" t="s">
         <v>255</v>
-      </c>
-[...4 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="57" spans="1:11">
       <c r="A57">
         <v>55</v>
       </c>
       <c r="B57" t="s">
         <v>11</v>
       </c>
       <c r="C57" t="s">
+        <v>256</v>
+      </c>
+      <c r="D57" t="s">
         <v>257</v>
-      </c>
-[...1 lines deleted...]
-        <v>258</v>
       </c>
       <c r="E57"/>
       <c r="F57" t="s">
         <v>37</v>
       </c>
       <c r="G57" t="s">
         <v>86</v>
       </c>
       <c r="H57">
         <v>1</v>
       </c>
       <c r="I57" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="J57" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="K57" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58">
         <v>58</v>
       </c>
       <c r="B58"/>
       <c r="C58" t="s">
+        <v>259</v>
+      </c>
+      <c r="D58" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
         <v>37</v>
       </c>
       <c r="G58" t="s">
         <v>15</v>
       </c>
       <c r="H58">
         <v>1</v>
       </c>
       <c r="I58" t="s">
+        <v>261</v>
+      </c>
+      <c r="J58" t="s">
+        <v>261</v>
+      </c>
+      <c r="K58" t="s">
         <v>262</v>
-      </c>
-[...4 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59">
         <v>57</v>
       </c>
       <c r="B59"/>
       <c r="C59" t="s">
+        <v>263</v>
+      </c>
+      <c r="D59" t="s">
         <v>264</v>
-      </c>
-[...1 lines deleted...]
-        <v>265</v>
       </c>
       <c r="E59"/>
       <c r="F59" t="s">
         <v>37</v>
       </c>
       <c r="G59" t="s">
         <v>86</v>
       </c>
       <c r="H59">
         <v>1</v>
       </c>
       <c r="I59" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="J59" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="K59" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
         <v>11</v>
       </c>
       <c r="C60" t="s">
+        <v>266</v>
+      </c>
+      <c r="D60" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
       <c r="E60"/>
       <c r="F60" t="s">
         <v>31</v>
       </c>
       <c r="G60" t="s">
         <v>86</v>
       </c>
       <c r="H60">
         <v>1</v>
       </c>
       <c r="I60" t="s">
+        <v>268</v>
+      </c>
+      <c r="J60" t="s">
+        <v>268</v>
+      </c>
+      <c r="K60" t="s">
         <v>269</v>
-      </c>
-[...4 lines deleted...]
-        <v>270</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
         <v>11</v>
       </c>
       <c r="C61" t="s">
+        <v>270</v>
+      </c>
+      <c r="D61" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
       <c r="E61"/>
       <c r="F61" t="s">
         <v>31</v>
       </c>
       <c r="G61" t="s">
         <v>86</v>
       </c>
       <c r="H61">
         <v>1</v>
       </c>
       <c r="I61" t="s">
+        <v>272</v>
+      </c>
+      <c r="J61" t="s">
+        <v>272</v>
+      </c>
+      <c r="K61" t="s">
         <v>273</v>
-      </c>
-[...4 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62"/>
       <c r="C62" t="s">
+        <v>274</v>
+      </c>
+      <c r="D62" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
       <c r="E62"/>
       <c r="F62" t="s">
         <v>37</v>
       </c>
       <c r="G62" t="s">
         <v>86</v>
       </c>
       <c r="H62">
         <v>1</v>
       </c>
       <c r="I62" t="s">
+        <v>276</v>
+      </c>
+      <c r="J62" t="s">
+        <v>276</v>
+      </c>
+      <c r="K62" t="s">
         <v>277</v>
-      </c>
-[...4 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63"/>
       <c r="C63" t="s">
+        <v>278</v>
+      </c>
+      <c r="D63" t="s">
         <v>279</v>
       </c>
-      <c r="D63" t="s">
+      <c r="E63" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
       <c r="F63" t="s">
         <v>37</v>
       </c>
       <c r="G63" t="s">
         <v>86</v>
       </c>
       <c r="H63">
         <v>1</v>
       </c>
       <c r="I63" t="s">
+        <v>281</v>
+      </c>
+      <c r="J63" t="s">
+        <v>281</v>
+      </c>
+      <c r="K63" t="s">
         <v>282</v>
-      </c>
-[...4 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64"/>
       <c r="C64" t="s">
         <v>44</v>
       </c>
       <c r="D64" t="s">
+        <v>283</v>
+      </c>
+      <c r="E64" t="s">
         <v>284</v>
-      </c>
-[...1 lines deleted...]
-        <v>285</v>
       </c>
       <c r="F64" t="s">
         <v>235</v>
       </c>
       <c r="G64" t="s">
         <v>15</v>
       </c>
       <c r="H64">
         <v>1</v>
       </c>
       <c r="I64" t="s">
+        <v>285</v>
+      </c>
+      <c r="J64" t="s">
+        <v>285</v>
+      </c>
+      <c r="K64" t="s">
         <v>286</v>
-      </c>
-[...4 lines deleted...]
-        <v>287</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
         <v>11</v>
       </c>
       <c r="C65" t="s">
         <v>67</v>
       </c>
       <c r="D65" t="s">
+        <v>287</v>
+      </c>
+      <c r="E65" t="s">
         <v>288</v>
-      </c>
-[...1 lines deleted...]
-        <v>289</v>
       </c>
       <c r="F65" t="s">
         <v>85</v>
       </c>
       <c r="G65" t="s">
         <v>15</v>
       </c>
       <c r="H65">
         <v>1</v>
       </c>
       <c r="I65" t="s">
+        <v>289</v>
+      </c>
+      <c r="J65" t="s">
+        <v>289</v>
+      </c>
+      <c r="K65" t="s">
         <v>290</v>
-      </c>
-[...4 lines deleted...]
-        <v>291</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66"/>
       <c r="C66" t="s">
+        <v>291</v>
+      </c>
+      <c r="D66" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
         <v>37</v>
       </c>
       <c r="G66" t="s">
         <v>86</v>
       </c>
       <c r="H66">
         <v>1</v>
       </c>
       <c r="I66" t="s">
+        <v>293</v>
+      </c>
+      <c r="J66" t="s">
+        <v>293</v>
+      </c>
+      <c r="K66" t="s">
         <v>294</v>
-      </c>
-[...4 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
         <v>11</v>
       </c>
       <c r="C67" t="s">
+        <v>295</v>
+      </c>
+      <c r="D67" t="s">
         <v>296</v>
-      </c>
-[...1 lines deleted...]
-        <v>297</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="G67" t="s">
         <v>86</v>
       </c>
       <c r="H67">
         <v>1</v>
       </c>
       <c r="I67" t="s">
+        <v>298</v>
+      </c>
+      <c r="J67" t="s">
+        <v>298</v>
+      </c>
+      <c r="K67" t="s">
         <v>299</v>
-      </c>
-[...4 lines deleted...]
-        <v>300</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68"/>
       <c r="C68" t="s">
         <v>228</v>
       </c>
       <c r="D68" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="G68" t="s">
         <v>86</v>
       </c>
       <c r="H68">
         <v>1</v>
       </c>
       <c r="I68" t="s">
+        <v>301</v>
+      </c>
+      <c r="J68" t="s">
+        <v>301</v>
+      </c>
+      <c r="K68" t="s">
         <v>302</v>
-      </c>
-[...4 lines deleted...]
-        <v>303</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
         <v>11</v>
       </c>
       <c r="C69" t="s">
+        <v>303</v>
+      </c>
+      <c r="D69" t="s">
         <v>304</v>
-      </c>
-[...1 lines deleted...]
-        <v>305</v>
       </c>
       <c r="E69"/>
       <c r="F69" t="s">
         <v>91</v>
       </c>
       <c r="G69" t="s">
         <v>86</v>
       </c>
       <c r="H69">
         <v>1</v>
       </c>
       <c r="I69" t="s">
+        <v>305</v>
+      </c>
+      <c r="J69" t="s">
+        <v>305</v>
+      </c>
+      <c r="K69" t="s">
         <v>306</v>
-      </c>
-[...4 lines deleted...]
-        <v>307</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70"/>
       <c r="C70" t="s">
+        <v>307</v>
+      </c>
+      <c r="D70" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
         <v>37</v>
       </c>
       <c r="G70" t="s">
         <v>86</v>
       </c>
       <c r="H70">
         <v>1</v>
       </c>
       <c r="I70" t="s">
+        <v>309</v>
+      </c>
+      <c r="J70" t="s">
+        <v>309</v>
+      </c>
+      <c r="K70" t="s">
         <v>310</v>
-      </c>
-[...4 lines deleted...]
-        <v>311</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71"/>
       <c r="C71" t="s">
+        <v>311</v>
+      </c>
+      <c r="D71" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
         <v>37</v>
       </c>
       <c r="G71" t="s">
         <v>86</v>
       </c>
       <c r="H71">
         <v>1</v>
       </c>
       <c r="I71" t="s">
+        <v>313</v>
+      </c>
+      <c r="J71" t="s">
+        <v>313</v>
+      </c>
+      <c r="K71" t="s">
         <v>314</v>
-      </c>
-[...4 lines deleted...]
-        <v>315</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72"/>
       <c r="C72" t="s">
-        <v>316</v>
+        <v>315</v>
       </c>
       <c r="D72" t="s">
-        <v>313</v>
+        <v>312</v>
       </c>
       <c r="E72"/>
       <c r="F72" t="s">
         <v>37</v>
       </c>
       <c r="G72" t="s">
         <v>15</v>
       </c>
       <c r="H72">
         <v>1</v>
       </c>
       <c r="I72" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="J72" t="s">
-        <v>314</v>
+        <v>313</v>
       </c>
       <c r="K72" t="s">
-        <v>317</v>
+        <v>316</v>
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
         <v>11</v>
       </c>
       <c r="C73" t="s">
+        <v>317</v>
+      </c>
+      <c r="D73" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>319</v>
       </c>
       <c r="E73" t="s">
         <v>137</v>
       </c>
       <c r="F73" t="s">
         <v>37</v>
       </c>
       <c r="G73" t="s">
         <v>86</v>
       </c>
       <c r="H73">
         <v>1</v>
       </c>
       <c r="I73" t="s">
+        <v>319</v>
+      </c>
+      <c r="J73" t="s">
+        <v>319</v>
+      </c>
+      <c r="K73" t="s">
         <v>320</v>
-      </c>
-[...4 lines deleted...]
-        <v>321</v>
       </c>
     </row>
     <row r="74" spans="1:11">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
         <v>11</v>
       </c>
       <c r="C74" t="s">
+        <v>321</v>
+      </c>
+      <c r="D74" t="s">
         <v>322</v>
-      </c>
-[...1 lines deleted...]
-        <v>323</v>
       </c>
       <c r="E74"/>
       <c r="F74" t="s">
         <v>37</v>
       </c>
       <c r="G74" t="s">
         <v>86</v>
       </c>
       <c r="H74">
         <v>1</v>
       </c>
       <c r="I74" t="s">
+        <v>323</v>
+      </c>
+      <c r="J74" t="s">
+        <v>323</v>
+      </c>
+      <c r="K74" t="s">
         <v>324</v>
-      </c>
-[...4 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
         <v>11</v>
       </c>
       <c r="C75" t="s">
         <v>119</v>
       </c>
       <c r="D75" t="s">
+        <v>325</v>
+      </c>
+      <c r="E75" t="s">
         <v>326</v>
       </c>
-      <c r="E75" t="s">
+      <c r="F75" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>328</v>
       </c>
       <c r="G75" t="s">
         <v>15</v>
       </c>
       <c r="H75">
         <v>1</v>
       </c>
       <c r="I75" t="s">
+        <v>328</v>
+      </c>
+      <c r="J75" t="s">
+        <v>328</v>
+      </c>
+      <c r="K75" t="s">
         <v>329</v>
-      </c>
-[...4 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
         <v>11</v>
       </c>
       <c r="C76" t="s">
+        <v>330</v>
+      </c>
+      <c r="D76" t="s">
         <v>331</v>
-      </c>
-[...1 lines deleted...]
-        <v>332</v>
       </c>
       <c r="E76" t="s">
         <v>46</v>
       </c>
       <c r="F76" t="s">
         <v>37</v>
       </c>
       <c r="G76" t="s">
         <v>15</v>
       </c>
       <c r="H76">
         <v>1</v>
       </c>
       <c r="I76" t="s">
+        <v>332</v>
+      </c>
+      <c r="J76" t="s">
+        <v>332</v>
+      </c>
+      <c r="K76" t="s">
         <v>333</v>
-      </c>
-[...4 lines deleted...]
-        <v>334</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77"/>
       <c r="C77" t="s">
+        <v>334</v>
+      </c>
+      <c r="D77" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
         <v>235</v>
       </c>
       <c r="G77" t="s">
         <v>15</v>
       </c>
       <c r="H77">
         <v>1</v>
       </c>
       <c r="I77" t="s">
+        <v>336</v>
+      </c>
+      <c r="J77" t="s">
+        <v>336</v>
+      </c>
+      <c r="K77" t="s">
         <v>337</v>
-      </c>
-[...4 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78">
         <v>78</v>
       </c>
       <c r="B78" t="s">
         <v>11</v>
       </c>
       <c r="C78" t="s">
+        <v>338</v>
+      </c>
+      <c r="D78" t="s">
         <v>339</v>
       </c>
-      <c r="D78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E78" t="s">
+        <v>326</v>
+      </c>
+      <c r="F78" t="s">
         <v>327</v>
-      </c>
-[...1 lines deleted...]
-        <v>328</v>
       </c>
       <c r="G78" t="s">
         <v>86</v>
       </c>
       <c r="H78">
         <v>1</v>
       </c>
       <c r="I78" t="s">
+        <v>340</v>
+      </c>
+      <c r="J78" t="s">
+        <v>340</v>
+      </c>
+      <c r="K78" t="s">
         <v>341</v>
-      </c>
-[...4 lines deleted...]
-        <v>342</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79">
         <v>77</v>
       </c>
       <c r="B79"/>
       <c r="C79" t="s">
+        <v>342</v>
+      </c>
+      <c r="D79" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
       <c r="E79" t="s">
         <v>84</v>
       </c>
       <c r="F79" t="s">
         <v>85</v>
       </c>
       <c r="G79" t="s">
         <v>86</v>
       </c>
       <c r="H79">
         <v>1</v>
       </c>
       <c r="I79" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="J79" t="s">
-        <v>341</v>
+        <v>340</v>
       </c>
       <c r="K79" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
         <v>11</v>
       </c>
       <c r="C80" t="s">
         <v>99</v>
       </c>
       <c r="D80" t="s">
+        <v>345</v>
+      </c>
+      <c r="E80" t="s">
         <v>346</v>
-      </c>
-[...1 lines deleted...]
-        <v>347</v>
       </c>
       <c r="F80" t="s">
         <v>31</v>
       </c>
       <c r="G80" t="s">
         <v>86</v>
       </c>
       <c r="H80">
         <v>1</v>
       </c>
       <c r="I80" t="s">
+        <v>347</v>
+      </c>
+      <c r="J80" t="s">
+        <v>347</v>
+      </c>
+      <c r="K80" t="s">
         <v>348</v>
-      </c>
-[...4 lines deleted...]
-        <v>349</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81"/>
       <c r="C81" t="s">
+        <v>349</v>
+      </c>
+      <c r="D81" t="s">
+        <v>279</v>
+      </c>
+      <c r="E81" t="s">
+        <v>280</v>
+      </c>
+      <c r="F81" t="s">
         <v>350</v>
-      </c>
-[...7 lines deleted...]
-        <v>351</v>
       </c>
       <c r="G81" t="s">
         <v>86</v>
       </c>
       <c r="H81">
         <v>1</v>
       </c>
       <c r="I81" t="s">
+        <v>351</v>
+      </c>
+      <c r="J81" t="s">
+        <v>351</v>
+      </c>
+      <c r="K81" t="s">
         <v>352</v>
-      </c>
-[...4 lines deleted...]
-        <v>353</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
         <v>11</v>
       </c>
       <c r="C82" t="s">
+        <v>353</v>
+      </c>
+      <c r="D82" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
       <c r="E82"/>
       <c r="F82" t="s">
         <v>25</v>
       </c>
       <c r="G82" t="s">
         <v>86</v>
       </c>
       <c r="H82">
         <v>1</v>
       </c>
       <c r="I82" t="s">
+        <v>355</v>
+      </c>
+      <c r="J82" t="s">
+        <v>355</v>
+      </c>
+      <c r="K82" t="s">
         <v>356</v>
-      </c>
-[...4 lines deleted...]
-        <v>357</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
         <v>11</v>
       </c>
       <c r="C83" t="s">
+        <v>357</v>
+      </c>
+      <c r="D83" t="s">
         <v>358</v>
       </c>
-      <c r="D83" t="s">
+      <c r="E83" t="s">
         <v>359</v>
       </c>
-      <c r="E83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F83" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="G83" t="s">
         <v>15</v>
       </c>
       <c r="H83">
         <v>1</v>
       </c>
       <c r="I83" t="s">
+        <v>360</v>
+      </c>
+      <c r="J83" t="s">
+        <v>360</v>
+      </c>
+      <c r="K83" t="s">
         <v>361</v>
-      </c>
-[...4 lines deleted...]
-        <v>362</v>
       </c>
     </row>
     <row r="84" spans="1:11">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84"/>
       <c r="C84" t="s">
+        <v>362</v>
+      </c>
+      <c r="D84" t="s">
         <v>363</v>
-      </c>
-[...1 lines deleted...]
-        <v>364</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
         <v>37</v>
       </c>
       <c r="G84" t="s">
         <v>86</v>
       </c>
       <c r="H84">
         <v>1</v>
       </c>
       <c r="I84" t="s">
+        <v>364</v>
+      </c>
+      <c r="J84" t="s">
+        <v>364</v>
+      </c>
+      <c r="K84" t="s">
         <v>365</v>
-      </c>
-[...4 lines deleted...]
-        <v>366</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">