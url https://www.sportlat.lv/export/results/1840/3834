--- v0 (2025-11-29)
+++ v1 (2026-03-08)
@@ -5138,51 +5138,53 @@
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
         <v>143</v>
       </c>
       <c r="G58" t="s">
         <v>16</v>
       </c>
       <c r="H58">
         <v>1</v>
       </c>
       <c r="I58" t="s">
         <v>295</v>
       </c>
       <c r="J58" t="s">
         <v>296</v>
       </c>
       <c r="K58" t="s">
         <v>297</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59">
         <v>58</v>
       </c>
-      <c r="B59"/>
+      <c r="B59" t="s">
+        <v>11</v>
+      </c>
       <c r="C59" t="s">
         <v>298</v>
       </c>
       <c r="D59" t="s">
         <v>299</v>
       </c>
       <c r="E59" t="s">
         <v>300</v>
       </c>
       <c r="F59" t="s">
         <v>71</v>
       </c>
       <c r="G59" t="s">
         <v>16</v>
       </c>
       <c r="H59">
         <v>1</v>
       </c>
       <c r="I59" t="s">
         <v>301</v>
       </c>
       <c r="J59" t="s">
         <v>302</v>
       </c>
       <c r="K59" t="s">
@@ -6297,51 +6299,53 @@
         <v>83</v>
       </c>
       <c r="F93" t="s">
         <v>71</v>
       </c>
       <c r="G93" t="s">
         <v>16</v>
       </c>
       <c r="H93">
         <v>1</v>
       </c>
       <c r="I93" t="s">
         <v>424</v>
       </c>
       <c r="J93" t="s">
         <v>172</v>
       </c>
       <c r="K93" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="94" spans="1:11">
       <c r="A94">
         <v>93</v>
       </c>
-      <c r="B94"/>
+      <c r="B94" t="s">
+        <v>11</v>
+      </c>
       <c r="C94" t="s">
         <v>426</v>
       </c>
       <c r="D94" t="s">
         <v>427</v>
       </c>
       <c r="E94" t="s">
         <v>384</v>
       </c>
       <c r="F94" t="s">
         <v>71</v>
       </c>
       <c r="G94" t="s">
         <v>16</v>
       </c>
       <c r="H94">
         <v>1</v>
       </c>
       <c r="I94" t="s">
         <v>428</v>
       </c>
       <c r="J94" t="s">
         <v>429</v>
       </c>
       <c r="K94" t="s">
@@ -6526,51 +6530,53 @@
       </c>
       <c r="E100"/>
       <c r="F100" t="s">
         <v>90</v>
       </c>
       <c r="G100" t="s">
         <v>102</v>
       </c>
       <c r="H100">
         <v>1</v>
       </c>
       <c r="I100" t="s">
         <v>448</v>
       </c>
       <c r="J100" t="s">
         <v>227</v>
       </c>
       <c r="K100" t="s">
         <v>449</v>
       </c>
     </row>
     <row r="101" spans="1:11">
       <c r="A101">
         <v>100</v>
       </c>
-      <c r="B101"/>
+      <c r="B101" t="s">
+        <v>11</v>
+      </c>
       <c r="C101" t="s">
         <v>441</v>
       </c>
       <c r="D101" t="s">
         <v>427</v>
       </c>
       <c r="E101" t="s">
         <v>384</v>
       </c>
       <c r="F101" t="s">
         <v>71</v>
       </c>
       <c r="G101" t="s">
         <v>16</v>
       </c>
       <c r="H101">
         <v>1</v>
       </c>
       <c r="I101" t="s">
         <v>450</v>
       </c>
       <c r="J101" t="s">
         <v>236</v>
       </c>
       <c r="K101" t="s">
@@ -8890,51 +8896,53 @@
         <v>273</v>
       </c>
       <c r="F172" t="s">
         <v>71</v>
       </c>
       <c r="G172" t="s">
         <v>16</v>
       </c>
       <c r="H172">
         <v>1</v>
       </c>
       <c r="I172" t="s">
         <v>705</v>
       </c>
       <c r="J172" t="s">
         <v>702</v>
       </c>
       <c r="K172" t="s">
         <v>703</v>
       </c>
     </row>
     <row r="173" spans="1:11">
       <c r="A173">
         <v>172</v>
       </c>
-      <c r="B173"/>
+      <c r="B173" t="s">
+        <v>11</v>
+      </c>
       <c r="C173" t="s">
         <v>706</v>
       </c>
       <c r="D173" t="s">
         <v>707</v>
       </c>
       <c r="E173" t="s">
         <v>708</v>
       </c>
       <c r="F173" t="s">
         <v>71</v>
       </c>
       <c r="G173" t="s">
         <v>102</v>
       </c>
       <c r="H173">
         <v>1</v>
       </c>
       <c r="I173" t="s">
         <v>709</v>
       </c>
       <c r="J173" t="s">
         <v>710</v>
       </c>
       <c r="K173" t="s">